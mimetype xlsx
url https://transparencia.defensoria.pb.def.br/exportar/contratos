--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="516">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="593">
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Número/Ano do contrato</t>
   </si>
   <si>
     <t>Data de início</t>
   </si>
   <si>
     <t>Data de fim</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
     <t>Data de Criação</t>
   </si>
   <si>
     <t>PERCEPT SERVIÇOS DE TREINAMENTO DESENVOLVIMENTO PROFISSIONAL LTDA</t>
   </si>
   <si>
@@ -1560,50 +1560,281 @@
     <t>AQUISIÇÃO DE ADESIVOS, CRACHÁS E PLACAS</t>
   </si>
   <si>
     <t>JVP SOARES GRAF COMUNICAÇÃO VISUAL</t>
   </si>
   <si>
     <t>056/2025</t>
   </si>
   <si>
     <t>R$ 8.746,00</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ENVELOPES E RELATÓRIOS DE GESTÃO</t>
   </si>
   <si>
     <t>ULTRA PRINT GRÁFICA E COMUNICAÇÃO VISUAL LTDA</t>
   </si>
   <si>
     <t>058/2025</t>
   </si>
   <si>
     <t>R$ 11.881,05</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ADESIVOS, BANNERS E CARTÕES</t>
+  </si>
+  <si>
+    <t>CASTRO EQUIPAMENTOS LTDA</t>
+  </si>
+  <si>
+    <t>060/2025</t>
+  </si>
+  <si>
+    <t>R$ 4.939,10</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MICRO-ONDAS</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>LÍDER NOTEBOOKS COMÉRCIO E SERVIÇOS LTDA</t>
+  </si>
+  <si>
+    <t>062/2025</t>
+  </si>
+  <si>
+    <t>22/10/2025</t>
+  </si>
+  <si>
+    <t>22/10/2026</t>
+  </si>
+  <si>
+    <t>R$ 229.350,00</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE INFORMÁTICA: 10(DEZ) COMPUTADORES E 25(VINTE E CINCO) NOTEBOOKS.</t>
+  </si>
+  <si>
+    <t>A M DOS SANTOS LTDA</t>
+  </si>
+  <si>
+    <t>063/2025</t>
+  </si>
+  <si>
+    <t>R$ 4.710,30</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA - ESCOVAS, ESPONJAS, PÁS, SABONETES LÍQUIDO, VASSOURAS E LIMPA VIDRO</t>
+  </si>
+  <si>
+    <t>FORTLIMP COMÉRCIO E DISTRIBUIÇÃO DE PRODUTOS DE PERFUMARIA E LIMPEZA LTDA</t>
+  </si>
+  <si>
+    <t>064/2025</t>
+  </si>
+  <si>
+    <t>R$ 13.519,50</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA - DESINFETANTE, FLANELA, PAPEL HIGIÊNICO(pct 04 rolos), PAPEL TOALHA, RODOS E VASSOURAS.</t>
+  </si>
+  <si>
+    <t>HC DISTRIBUIDORA LTDA</t>
+  </si>
+  <si>
+    <t>065/2025</t>
+  </si>
+  <si>
+    <t>R$ 5.484,80</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA - ÁGUA SANITÁRIA, CESTOS, ALVEJANTES, DESODORIZADORES, ESPONJAS DELÃ DE AÇO, INSETICIDAS, LUSTRA MÓVEIS, PÁ COM COLETOR E PAPELHIGIÊNICO (pct com 08 rolos).</t>
+  </si>
+  <si>
+    <t>INDUSTRIA E COMERCIO DE PRODUTOS DE LIMPEZA CAMPINENSE LTDA</t>
+  </si>
+  <si>
+    <t>066/2025</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>31/10/2026</t>
+  </si>
+  <si>
+    <t>R$ 2.728,50</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA - DESINFETANTES, LIMPADORES MULTIUSO E SABÃO EM BARRA</t>
+  </si>
+  <si>
+    <t>LIONS COMERCIO E SERVICOS LTDA</t>
+  </si>
+  <si>
+    <t>067/2025</t>
+  </si>
+  <si>
+    <t>24/10/2026</t>
+  </si>
+  <si>
+    <t>R$ 197,90</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA - ESPANADORES</t>
+  </si>
+  <si>
+    <t>PICUHY DISTRIBUIDORA LTDA</t>
+  </si>
+  <si>
+    <t>068/2025</t>
+  </si>
+  <si>
+    <t>R$ 1.415,00</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA - DETERGENTES E SABÃO EM PÓ</t>
+  </si>
+  <si>
+    <t>DATTA TECH CONSULTORIA E INOVACAO B2B LTDA</t>
+  </si>
+  <si>
+    <t>069/2025</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>02/11/2026</t>
+  </si>
+  <si>
+    <t>R$ 18.279,96</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE HOSPEDAGEM, MIGRAÇÃO, INFRAESTRUTURA E GERENCIAMENTO DE CONTAS DO E-MAIL COOPORATIVO EM NUVEM (SaaS)</t>
+  </si>
+  <si>
+    <t>070/2025</t>
+  </si>
+  <si>
+    <t>11/11/2026</t>
+  </si>
+  <si>
+    <t>R$ 244.135,00</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE SERVIDOR TIPO RACK</t>
+  </si>
+  <si>
+    <t>PACTO CONSTRUÇÕES LTDA</t>
+  </si>
+  <si>
+    <t>071/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>25/11/2026</t>
+  </si>
+  <si>
+    <t>R$ 107.000,00</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE ENGENHARIA DE AMPLIAÇÃO E REFORMA DOS BANHEIROS DOS BLOCOS ADMINISTRATIVOS E DO BLOCO CENTRAL, NO TOTAL 75,00 (SETENTAE CINCO) M², COMPREENDENDO MATERIAL, MÃO DE OBRA, INSUMOS, INSTALAÇÕES ELÉTRICAS E HIDROSSANITÁRIAS</t>
+  </si>
+  <si>
+    <t>RAINHA DO GÁS LTDA</t>
+  </si>
+  <si>
+    <t>074/2025</t>
+  </si>
+  <si>
+    <t>01/12/2026</t>
+  </si>
+  <si>
+    <t>R$ 2.928,00</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 24 (VINTE E QUATRO) BOTIJÕES DE GÁS LIQUEFEITO DE PETRÓLEO (GLP)</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>CENTER LED MATERIAIS ELÉTRICOS LTDA</t>
+  </si>
+  <si>
+    <t>075/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2026</t>
+  </si>
+  <si>
+    <t>R$ 10.248,50</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL ELÉTRICO</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>COENES MATERIAIS LTDA</t>
+  </si>
+  <si>
+    <t>076/2025</t>
+  </si>
+  <si>
+    <t>11/12/2026</t>
+  </si>
+  <si>
+    <t>R$ 13.577,41</t>
+  </si>
+  <si>
+    <t>JB ENGENHARIA E CONSULTORIA LTDA</t>
+  </si>
+  <si>
+    <t>079/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2026</t>
+  </si>
+  <si>
+    <t>R$ 49.800,00</t>
+  </si>
+  <si>
+    <t>ELABORAÇÃO DE PROJETO BÁSICO, PROJETO EXECUTIVO, PLANILHA ORÇAMENTÁRIA, CRONOGRAMA FÍSICO–FINANCEIRO, CURVA ABC, ESPECIFICAÇÕES TÉCNICAS, MEMORIAL DESCRITIVO, MEMÓRIA DE CÁLCULO E BDI, NECESSÁRIOS À EXECUÇÃO DA OBRA DE CONSTRUÇÃO DO MURO DE ARRIMO DO TERRENO DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1907,51 +2138,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G97"/>
+  <dimension ref="A1:G112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4144,50 +4375,395 @@
       <c r="G96" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>512</v>
       </c>
       <c r="B97" t="s">
         <v>513</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97" t="s">
         <v>491</v>
       </c>
       <c r="E97" t="s">
         <v>514</v>
       </c>
       <c r="F97" t="s">
         <v>515</v>
       </c>
       <c r="G97" t="s">
         <v>503</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98" t="s">
+        <v>516</v>
+      </c>
+      <c r="B98" t="s">
+        <v>517</v>
+      </c>
+      <c r="C98" t="s">
+        <v>484</v>
+      </c>
+      <c r="D98" t="s">
+        <v>485</v>
+      </c>
+      <c r="E98" t="s">
+        <v>518</v>
+      </c>
+      <c r="F98" t="s">
+        <v>519</v>
+      </c>
+      <c r="G98" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99" t="s">
+        <v>521</v>
+      </c>
+      <c r="B99" t="s">
+        <v>522</v>
+      </c>
+      <c r="C99" t="s">
+        <v>523</v>
+      </c>
+      <c r="D99" t="s">
+        <v>524</v>
+      </c>
+      <c r="E99" t="s">
+        <v>525</v>
+      </c>
+      <c r="F99" t="s">
+        <v>526</v>
+      </c>
+      <c r="G99" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100" t="s">
+        <v>527</v>
+      </c>
+      <c r="B100" t="s">
+        <v>528</v>
+      </c>
+      <c r="C100" t="s">
+        <v>523</v>
+      </c>
+      <c r="D100" t="s">
+        <v>524</v>
+      </c>
+      <c r="E100" t="s">
+        <v>529</v>
+      </c>
+      <c r="F100" t="s">
+        <v>530</v>
+      </c>
+      <c r="G100" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101" t="s">
+        <v>531</v>
+      </c>
+      <c r="B101" t="s">
+        <v>532</v>
+      </c>
+      <c r="C101" t="s">
+        <v>523</v>
+      </c>
+      <c r="D101" t="s">
+        <v>524</v>
+      </c>
+      <c r="E101" t="s">
+        <v>533</v>
+      </c>
+      <c r="F101" t="s">
+        <v>534</v>
+      </c>
+      <c r="G101" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7">
+      <c r="A102" t="s">
+        <v>535</v>
+      </c>
+      <c r="B102" t="s">
+        <v>536</v>
+      </c>
+      <c r="C102" t="s">
+        <v>523</v>
+      </c>
+      <c r="D102" t="s">
+        <v>524</v>
+      </c>
+      <c r="E102" t="s">
+        <v>537</v>
+      </c>
+      <c r="F102" t="s">
+        <v>538</v>
+      </c>
+      <c r="G102" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7">
+      <c r="A103" t="s">
+        <v>539</v>
+      </c>
+      <c r="B103" t="s">
+        <v>540</v>
+      </c>
+      <c r="C103" t="s">
+        <v>541</v>
+      </c>
+      <c r="D103" t="s">
+        <v>542</v>
+      </c>
+      <c r="E103" t="s">
+        <v>543</v>
+      </c>
+      <c r="F103" t="s">
+        <v>544</v>
+      </c>
+      <c r="G103" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104" t="s">
+        <v>545</v>
+      </c>
+      <c r="B104" t="s">
+        <v>546</v>
+      </c>
+      <c r="C104" t="s">
+        <v>481</v>
+      </c>
+      <c r="D104" t="s">
+        <v>547</v>
+      </c>
+      <c r="E104" t="s">
+        <v>548</v>
+      </c>
+      <c r="F104" t="s">
+        <v>549</v>
+      </c>
+      <c r="G104" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105" t="s">
+        <v>550</v>
+      </c>
+      <c r="B105" t="s">
+        <v>551</v>
+      </c>
+      <c r="C105" t="s">
+        <v>481</v>
+      </c>
+      <c r="D105" t="s">
+        <v>547</v>
+      </c>
+      <c r="E105" t="s">
+        <v>552</v>
+      </c>
+      <c r="F105" t="s">
+        <v>553</v>
+      </c>
+      <c r="G105" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106" t="s">
+        <v>554</v>
+      </c>
+      <c r="B106" t="s">
+        <v>555</v>
+      </c>
+      <c r="C106" t="s">
+        <v>556</v>
+      </c>
+      <c r="D106" t="s">
+        <v>557</v>
+      </c>
+      <c r="E106" t="s">
+        <v>558</v>
+      </c>
+      <c r="F106" t="s">
+        <v>559</v>
+      </c>
+      <c r="G106" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" t="s">
+        <v>410</v>
+      </c>
+      <c r="B107" t="s">
+        <v>560</v>
+      </c>
+      <c r="C107" t="s">
+        <v>503</v>
+      </c>
+      <c r="D107" t="s">
+        <v>561</v>
+      </c>
+      <c r="E107" t="s">
+        <v>562</v>
+      </c>
+      <c r="F107" t="s">
+        <v>563</v>
+      </c>
+      <c r="G107" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" t="s">
+        <v>564</v>
+      </c>
+      <c r="B108" t="s">
+        <v>565</v>
+      </c>
+      <c r="C108" t="s">
+        <v>566</v>
+      </c>
+      <c r="D108" t="s">
+        <v>567</v>
+      </c>
+      <c r="E108" t="s">
+        <v>568</v>
+      </c>
+      <c r="F108" t="s">
+        <v>569</v>
+      </c>
+      <c r="G108" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" t="s">
+        <v>570</v>
+      </c>
+      <c r="B109" t="s">
+        <v>571</v>
+      </c>
+      <c r="C109" t="s">
+        <v>520</v>
+      </c>
+      <c r="D109" t="s">
+        <v>572</v>
+      </c>
+      <c r="E109" t="s">
+        <v>573</v>
+      </c>
+      <c r="F109" t="s">
+        <v>574</v>
+      </c>
+      <c r="G109" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7">
+      <c r="A110" t="s">
+        <v>576</v>
+      </c>
+      <c r="B110" t="s">
+        <v>577</v>
+      </c>
+      <c r="C110" t="s">
+        <v>578</v>
+      </c>
+      <c r="D110" t="s">
+        <v>579</v>
+      </c>
+      <c r="E110" t="s">
+        <v>580</v>
+      </c>
+      <c r="F110" t="s">
+        <v>581</v>
+      </c>
+      <c r="G110" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7">
+      <c r="A111" t="s">
+        <v>583</v>
+      </c>
+      <c r="B111" t="s">
+        <v>584</v>
+      </c>
+      <c r="C111" t="s">
+        <v>575</v>
+      </c>
+      <c r="D111" t="s">
+        <v>585</v>
+      </c>
+      <c r="E111" t="s">
+        <v>586</v>
+      </c>
+      <c r="F111" t="s">
+        <v>274</v>
+      </c>
+      <c r="G111" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7">
+      <c r="A112" t="s">
+        <v>587</v>
+      </c>
+      <c r="B112" t="s">
+        <v>588</v>
+      </c>
+      <c r="C112" t="s">
+        <v>589</v>
+      </c>
+      <c r="D112" t="s">
+        <v>590</v>
+      </c>
+      <c r="E112" t="s">
+        <v>591</v>
+      </c>
+      <c r="F112" t="s">
+        <v>592</v>
+      </c>
+      <c r="G112" t="s">
+        <v>582</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">