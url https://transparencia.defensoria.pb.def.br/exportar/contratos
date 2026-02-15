--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="593">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="626">
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Número/Ano do contrato</t>
   </si>
   <si>
     <t>Data de início</t>
   </si>
   <si>
     <t>Data de fim</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
     <t>Data de Criação</t>
   </si>
   <si>
     <t>PERCEPT SERVIÇOS DE TREINAMENTO DESENVOLVIMENTO PROFISSIONAL LTDA</t>
   </si>
   <si>
@@ -1791,50 +1791,149 @@
     <t>076/2025</t>
   </si>
   <si>
     <t>11/12/2026</t>
   </si>
   <si>
     <t>R$ 13.577,41</t>
   </si>
   <si>
     <t>JB ENGENHARIA E CONSULTORIA LTDA</t>
   </si>
   <si>
     <t>079/2025</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
   <si>
     <t>17/12/2026</t>
   </si>
   <si>
     <t>R$ 49.800,00</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE PROJETO BÁSICO, PROJETO EXECUTIVO, PLANILHA ORÇAMENTÁRIA, CRONOGRAMA FÍSICO–FINANCEIRO, CURVA ABC, ESPECIFICAÇÕES TÉCNICAS, MEMORIAL DESCRITIVO, MEMÓRIA DE CÁLCULO E BDI, NECESSÁRIOS À EXECUÇÃO DA OBRA DE CONSTRUÇÃO DO MURO DE ARRIMO DO TERRENO DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>COMPANHIA DE PROCESSAMENTO DE DADOS DAPARAÍBA - CODATA</t>
+  </si>
+  <si>
+    <t>078/2025</t>
+  </si>
+  <si>
+    <t>15/12/2026</t>
+  </si>
+  <si>
+    <t>R$ 45.483,12</t>
+  </si>
+  <si>
+    <t>DISPONIBILIZAÇÃO DE PONTOS DE ACESSO AO SIAF - SISTEMA INTEGRADO DE ADMINISTRAÇÃO FINANCEIRA</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>GENTE SEGURADORA S.A.</t>
+  </si>
+  <si>
+    <t>072/2025</t>
+  </si>
+  <si>
+    <t>03/12/2026</t>
+  </si>
+  <si>
+    <t>R$ 6.192,00</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE SEGURO DE ACIDENTES PESSOAIS COLETIVOS, COM COBERTURA PARA MORTE ACIDENTAL E INVALIDEZ PERMANENTE TOTAL OU PARCIAL, EM FAVOR DOS ESTAGIÁRIOS OBRIGATÓRIOS QUE ATUAM NA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>14.745.779 GEANE DO AMARAL GONCALVES ARAGÃO</t>
+  </si>
+  <si>
+    <t>073/2025</t>
+  </si>
+  <si>
+    <t>R$ 30.000,00</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE MARCENARIA PARA FABRICAÇÃO, FORNECIMENTO E INSTALAÇÃO DE MÓVEIS PLANEJADOS</t>
+  </si>
+  <si>
+    <t>CORREIOS - EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS</t>
+  </si>
+  <si>
+    <t>077/2025</t>
+  </si>
+  <si>
+    <t>16/12/2030</t>
+  </si>
+  <si>
+    <t>R$ 480.000,00</t>
+  </si>
+  <si>
+    <t>PRESTAÇÃO DE SERVIÇOS POSTAIS E TELEMÁTICOS, NAS MODALIDADES NACIONAIS E INTERNACIONAIS, INCLUINDO O ENVIO DE CORRESPONDÊNCIAS, DOCUMENTOS OFICIAIS, NOTIFICAÇÕES, INTIMAÇÕES EXTRAJUDICIAIS, MALAS DIRETAS, TELEGRAMAS, ENCOMENDAS EXPRESSAS (SEDEX), ENCOMENDAS ECONÔMICAS (PAC) E DEMAIS PRODUTOS E SERVIÇOS POSTAIS ESPECIALIZADOS.</t>
+  </si>
+  <si>
+    <t>MG COMERCIO E SERVICOS DE INFORMATICA LTDA</t>
+  </si>
+  <si>
+    <t>080/2025</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2027</t>
+  </si>
+  <si>
+    <t>R$ 11.400,00</t>
+  </si>
+  <si>
+    <t>SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM NOBREAK SMS 10KVA, COM FORNECIMENTO DE PEÇAS E SUBSTITUIÇÃO DE BATERIAS (16 UNIDADES – 18AH)</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>INTERGRAF GRÁFICA E EDITORA LTDA</t>
+  </si>
+  <si>
+    <t>055/2025</t>
+  </si>
+  <si>
+    <t>23/01/2027</t>
+  </si>
+  <si>
+    <t>R$ 3.215,00</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE CALENDÁRIOS DE MESA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2138,51 +2237,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G112"/>
+  <dimension ref="A1:G118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4720,50 +4819,188 @@
       <c r="G111" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>587</v>
       </c>
       <c r="B112" t="s">
         <v>588</v>
       </c>
       <c r="C112" t="s">
         <v>589</v>
       </c>
       <c r="D112" t="s">
         <v>590</v>
       </c>
       <c r="E112" t="s">
         <v>591</v>
       </c>
       <c r="F112" t="s">
         <v>592</v>
       </c>
       <c r="G112" t="s">
         <v>582</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7">
+      <c r="A113" t="s">
+        <v>593</v>
+      </c>
+      <c r="B113" t="s">
+        <v>594</v>
+      </c>
+      <c r="C113" t="s">
+        <v>343</v>
+      </c>
+      <c r="D113" t="s">
+        <v>595</v>
+      </c>
+      <c r="E113" t="s">
+        <v>596</v>
+      </c>
+      <c r="F113" t="s">
+        <v>597</v>
+      </c>
+      <c r="G113" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7">
+      <c r="A114" t="s">
+        <v>599</v>
+      </c>
+      <c r="B114" t="s">
+        <v>600</v>
+      </c>
+      <c r="C114" t="s">
+        <v>520</v>
+      </c>
+      <c r="D114" t="s">
+        <v>601</v>
+      </c>
+      <c r="E114" t="s">
+        <v>602</v>
+      </c>
+      <c r="F114" t="s">
+        <v>603</v>
+      </c>
+      <c r="G114" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115" t="s">
+        <v>605</v>
+      </c>
+      <c r="B115" t="s">
+        <v>606</v>
+      </c>
+      <c r="C115" t="s">
+        <v>520</v>
+      </c>
+      <c r="D115" t="s">
+        <v>572</v>
+      </c>
+      <c r="E115" t="s">
+        <v>607</v>
+      </c>
+      <c r="F115" t="s">
+        <v>608</v>
+      </c>
+      <c r="G115" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" t="s">
+        <v>609</v>
+      </c>
+      <c r="B116" t="s">
+        <v>610</v>
+      </c>
+      <c r="C116" t="s">
+        <v>332</v>
+      </c>
+      <c r="D116" t="s">
+        <v>611</v>
+      </c>
+      <c r="E116" t="s">
+        <v>612</v>
+      </c>
+      <c r="F116" t="s">
+        <v>613</v>
+      </c>
+      <c r="G116" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117" t="s">
+        <v>614</v>
+      </c>
+      <c r="B117" t="s">
+        <v>615</v>
+      </c>
+      <c r="C117" t="s">
+        <v>616</v>
+      </c>
+      <c r="D117" t="s">
+        <v>617</v>
+      </c>
+      <c r="E117" t="s">
+        <v>618</v>
+      </c>
+      <c r="F117" t="s">
+        <v>619</v>
+      </c>
+      <c r="G117" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7">
+      <c r="A118" t="s">
+        <v>621</v>
+      </c>
+      <c r="B118" t="s">
+        <v>622</v>
+      </c>
+      <c r="C118" t="s">
+        <v>620</v>
+      </c>
+      <c r="D118" t="s">
+        <v>623</v>
+      </c>
+      <c r="E118" t="s">
+        <v>624</v>
+      </c>
+      <c r="F118" t="s">
+        <v>625</v>
+      </c>
+      <c r="G118" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">