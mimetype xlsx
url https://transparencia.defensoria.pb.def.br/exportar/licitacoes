--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="597">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="628">
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Número/Ano</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Nome da Empresa</t>
   </si>
   <si>
     <t>CNPJ</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
@@ -1892,50 +1892,150 @@
   <si>
     <t>DE Nº 014/2025-MATERIAL HIDRÁULICO</t>
   </si>
   <si>
     <t>Aquisição de bomba de água e materiais hidráulicos, conforme as especificações a seguir, que serão utilizados para a manutenção do sistema hidráulico do imóvel locado para o Núcleo de Atendimento da Defensoria Pública, situado na Rua Deputado Barreto Sobrinho, nº 186, Tambiá, João Pessoa – PB.
 				Id contratação PNCP: 10733319000180-1-000075/2025</t>
   </si>
   <si>
     <t>DE Nº 011/2025- DEDETIZAÇÃO</t>
   </si>
   <si>
     <t>F J DE SENA ARAUJO LTDA</t>
   </si>
   <si>
     <t>23.614.574/0001-55</t>
   </si>
   <si>
     <t>R$ 8.200,00</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para prestação dos serviços de Controle de pragas urbanas e vetores em geral em área interna e externa da defensoria pública doestado da Paraíba-DPPB, englobando desinsetização, desratização e descupinização.
 	Id contratação PNCP: 10733319000180-1-000060/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>DE N° 015/2025-SEGURO DE ESTAGIO</t>
+  </si>
+  <si>
+    <t>015/2025</t>
+  </si>
+  <si>
+    <t> Contratação de empresa especializada para prestação de serviço de seguro de acidentes pessoais coletivos.
+	Id contratação PNCP: 10733319000180-1-000077/2025</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>DE Nº 016/2025-GAS DE COZINHA</t>
+  </si>
+  <si>
+    <t>Aquisição de 24 (vinte e quatro) Botijões de Gás Liquefeito de Petróleo (GLP), botijão de 13 kg.
+	Id contratação PNCP: 10733319000180-1-000079/2025</t>
+  </si>
+  <si>
+    <t>DE N° 017/2025- MOVEIS PROJETADOS</t>
+  </si>
+  <si>
+    <t>017/2025</t>
+  </si>
+  <si>
+    <t>Serviços de marcenaria para fabricação, fornecimento e instalação de móveis planejados destinados a diversos ambientes do edifício sede da Defensoria Pública do Estado da Paraíba.
+	Id contratação PNCP: 10733319000180-1-000081/2025</t>
+  </si>
+  <si>
+    <t>INEX N°011/2025- CORREIOS</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS</t>
+  </si>
+  <si>
+    <t>34.028.316/0019-32</t>
+  </si>
+  <si>
+    <t>R$ 480.000,00</t>
+  </si>
+  <si>
+    <t>Contratação de pessoa jurídica para prestação de serviços postais e telemáticos convencionais, nas modalidades nacional e internacional, bem como a venda de produtos postais especializados como SEDEX, PAC.
+	Id contratação PNCP: 10733319000180-1-000086/2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>INEX N°012/2025- SIAF</t>
+  </si>
+  <si>
+    <t>COMPANHIA DE PROCESSAMENTO DE DADOS DA PARAIBA CODATA (MATRIZ E FILIAIS)</t>
+  </si>
+  <si>
+    <t>09.189.499/0001-00</t>
+  </si>
+  <si>
+    <t>R$ 45.483,12</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para disponibilização de pontos de acesso ao Sistema de Informação - SIAF - Sistema Integrado de Administração Financeira.
+	Id contratação PNCP: 10733319000180-1-000087/2025</t>
+  </si>
+  <si>
+    <t>INEX N°009/2025- SEMINÁRIO</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>FORUM NACIONAL DE COMUNICACAO E JUSTIÇA</t>
+  </si>
+  <si>
+    <t>R$ 1.800,00</t>
+  </si>
+  <si>
+    <t>Inscrição para participar do 31° Seminário Internacional de Ciências Criminais.
+	Id contratação PNCP: 10733319000180-1-000057/2025</t>
+  </si>
+  <si>
+    <t>INEX N° 008/2025- CONGRESSO</t>
+  </si>
+  <si>
+    <t>FORUM NACIONAL DE COMUNICACAO E JUSTICA</t>
+  </si>
+  <si>
+    <t>R$ 18,00</t>
+  </si>
+  <si>
+    <t> Inscrição para a participação no XIX Congresso Brasileiro dos Assessores de Comunicação do Sistema da Justiça (COBRASCOM) 
+	Id contratação PNCP: 10733319000180-1-000056/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2239,51 +2339,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J113"/>
+  <dimension ref="A1:J120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -5861,50 +5961,274 @@
         <v>591</v>
       </c>
       <c r="C113" t="s">
         <v>169</v>
       </c>
       <c r="D113" t="s">
         <v>131</v>
       </c>
       <c r="E113" t="s">
         <v>31</v>
       </c>
       <c r="F113" t="s">
         <v>592</v>
       </c>
       <c r="G113" t="s">
         <v>593</v>
       </c>
       <c r="H113" t="s">
         <v>594</v>
       </c>
       <c r="I113" t="s">
         <v>595</v>
       </c>
       <c r="J113" t="s">
         <v>596</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" t="s">
+        <v>27</v>
+      </c>
+      <c r="B114" t="s">
+        <v>597</v>
+      </c>
+      <c r="C114" t="s">
+        <v>598</v>
+      </c>
+      <c r="D114" t="s">
+        <v>131</v>
+      </c>
+      <c r="E114" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" t="s">
+        <v>51</v>
+      </c>
+      <c r="I114" t="s">
+        <v>599</v>
+      </c>
+      <c r="J114" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" t="s">
+        <v>27</v>
+      </c>
+      <c r="B115" t="s">
+        <v>601</v>
+      </c>
+      <c r="C115" t="s">
+        <v>200</v>
+      </c>
+      <c r="D115" t="s">
+        <v>131</v>
+      </c>
+      <c r="E115" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>16</v>
+      </c>
+      <c r="H115" t="s">
+        <v>51</v>
+      </c>
+      <c r="I115" t="s">
+        <v>602</v>
+      </c>
+      <c r="J115" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" t="s">
+        <v>27</v>
+      </c>
+      <c r="B116" t="s">
+        <v>603</v>
+      </c>
+      <c r="C116" t="s">
+        <v>604</v>
+      </c>
+      <c r="D116" t="s">
+        <v>131</v>
+      </c>
+      <c r="E116" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>16</v>
+      </c>
+      <c r="H116" t="s">
+        <v>51</v>
+      </c>
+      <c r="I116" t="s">
+        <v>605</v>
+      </c>
+      <c r="J116" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" t="s">
+        <v>293</v>
+      </c>
+      <c r="B117" t="s">
+        <v>606</v>
+      </c>
+      <c r="C117" t="s">
+        <v>169</v>
+      </c>
+      <c r="D117" t="s">
+        <v>607</v>
+      </c>
+      <c r="E117" t="s">
+        <v>31</v>
+      </c>
+      <c r="F117" t="s">
+        <v>608</v>
+      </c>
+      <c r="G117" t="s">
+        <v>609</v>
+      </c>
+      <c r="H117" t="s">
+        <v>610</v>
+      </c>
+      <c r="I117" t="s">
+        <v>611</v>
+      </c>
+      <c r="J117" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" t="s">
+        <v>293</v>
+      </c>
+      <c r="B118" t="s">
+        <v>613</v>
+      </c>
+      <c r="C118" t="s">
+        <v>575</v>
+      </c>
+      <c r="D118" t="s">
+        <v>612</v>
+      </c>
+      <c r="E118" t="s">
+        <v>31</v>
+      </c>
+      <c r="F118" t="s">
+        <v>614</v>
+      </c>
+      <c r="G118" t="s">
+        <v>615</v>
+      </c>
+      <c r="H118" t="s">
+        <v>616</v>
+      </c>
+      <c r="I118" t="s">
+        <v>617</v>
+      </c>
+      <c r="J118" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" t="s">
+        <v>293</v>
+      </c>
+      <c r="B119" t="s">
+        <v>618</v>
+      </c>
+      <c r="C119" t="s">
+        <v>159</v>
+      </c>
+      <c r="D119" t="s">
+        <v>619</v>
+      </c>
+      <c r="E119" t="s">
+        <v>31</v>
+      </c>
+      <c r="F119" t="s">
+        <v>620</v>
+      </c>
+      <c r="G119" t="s">
+        <v>480</v>
+      </c>
+      <c r="H119" t="s">
+        <v>621</v>
+      </c>
+      <c r="I119" t="s">
+        <v>622</v>
+      </c>
+      <c r="J119" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" t="s">
+        <v>293</v>
+      </c>
+      <c r="B120" t="s">
+        <v>623</v>
+      </c>
+      <c r="C120" t="s">
+        <v>152</v>
+      </c>
+      <c r="D120" t="s">
+        <v>351</v>
+      </c>
+      <c r="E120" t="s">
+        <v>31</v>
+      </c>
+      <c r="F120" t="s">
+        <v>624</v>
+      </c>
+      <c r="G120" t="s">
+        <v>480</v>
+      </c>
+      <c r="H120" t="s">
+        <v>625</v>
+      </c>
+      <c r="I120" t="s">
+        <v>626</v>
+      </c>
+      <c r="J120" t="s">
+        <v>627</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">