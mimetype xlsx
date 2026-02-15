--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="628">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="679">
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Número/Ano</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Nome da Empresa</t>
   </si>
   <si>
     <t>CNPJ</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
@@ -647,95 +647,98 @@
     <t>PE Nº 015/2025- AQUISIÇÃO DE SSD</t>
   </si>
   <si>
     <t>15/2025</t>
   </si>
   <si>
     <t>GWC INDUSTRIA IMPORTACAO E DISTRIBUICAO DE ELETRONICOS LTDA</t>
   </si>
   <si>
     <t>49.329.140/0001-05</t>
   </si>
   <si>
     <t>R$ 31.113,00</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE SSD’S PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA. 
 	Id contratação PNCP: 10733319000180-1-000028/2025</t>
   </si>
   <si>
     <t>PE Nº 016/2025- AQUISIÇÃO DE MATERIAL DE LIMPEZA</t>
   </si>
   <si>
     <t>016/2025</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.
+    <t>R$ 104.980,20</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA. 
 	Id contratação PNCP: 10733319000180-1-000032/2025</t>
   </si>
   <si>
     <t>PE Nº 017/2025- AQUISIÇÃO DE CERTIFICADO DIGITAL E TOKEN</t>
   </si>
   <si>
     <t>17/2025</t>
   </si>
   <si>
     <t>EXPERT COMERCIO E CONSULTORIA EM LICITACOES LTDA</t>
   </si>
   <si>
     <t>24.360.351/0001-71</t>
   </si>
   <si>
     <t>R$ 14.124,00</t>
   </si>
   <si>
     <t> Aquisição de Aquisição de Certificados Digitais A3, pessoa física, validade de 03 anos e Tokens USB para certificados A3 criptografados, com Certificados Digitais A3, pessoa física, validade de 03 anos, para uso dos Defensores Públicos da Defensoria Pública do Estado da Paraíba, conforme especificações técnicas e quantitativos definidos neste documento. 
 	Id contratação PNCP: 10733319000180-1-000041/2025</t>
   </si>
   <si>
     <t>PE Nº 018/2025- PRESTAÇÃO DE MANUTENÇÃO DE AR</t>
   </si>
   <si>
     <t>18/2025</t>
   </si>
   <si>
+    <t>Suspenso</t>
+  </si>
+  <si>
     <t>Contratação para prestação de serviços continuados de manutenção preventiva e corretiva, por demanda, em aparelhos de ar-condicionado tipo janela e tipo split, de diversas potências, com fornecimento e substituição de peças, componentes e acessórios por outros novos e originais, bem como serviços de instalação e reinstalação para suprir as necessidades da Defensoria Pública do Estado da paraíba.</t>
   </si>
   <si>
     <t>PE Nº 019/2025- AQUISIÇÃO DE MATERIAL DE INFORMATICA</t>
   </si>
   <si>
     <t>19/2025</t>
   </si>
   <si>
+    <t>R$ 2.631.239,70</t>
+  </si>
+  <si>
     <t> Aquisição de equipamentos (microcomputadores, notebooks, monitores, scanner e transformadores) que se fazem necessários para as atividades a serem desenvolvidas por parte dos defensores públicos, assessores e demais servidores da DPPB.</t>
-  </si>
-[...4 lines deleted...]
-    <t>20/2025</t>
   </si>
   <si>
     <t>DE N° 004/2025-MATERIAL GRÁFICO-FUNDO</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>INDUSTRIA,  COMERCIO E SERVICOS GRAFICOS LTDA</t>
   </si>
   <si>
     <t>2.050.448/3000-17</t>
   </si>
   <si>
     <t>R$ 1.898,00</t>
   </si>
   <si>
     <t>Aquisição dos produtos (material gráfico) para o evento a ser promovido pela Defensoria Pública do Estado da Paraíba, nos dias 20 e 21 de fevereiro, qual seja: “2º Encontro sobre Processos Estruturais”.
 	Id contratação PNCP: 10733319000180-1-000010/2025</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>DE N° 005/2025-FILAMAGEM-FUNDO</t>
@@ -1737,66 +1740,84 @@
   <si>
     <t>08/10/2024</t>
   </si>
   <si>
     <t>FAGA DISTRIBUIÇÃO LTDA</t>
   </si>
   <si>
     <t>34.674.082/0001-71</t>
   </si>
   <si>
     <t>R$ 16.600,00</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAIS E EQUIPAMENTOS PARA ÁUDIO, VÍDEO E FOTO.</t>
   </si>
   <si>
     <t>PE Nº 025/2025 - AQUISIÇÃO DE SERVIDOR</t>
   </si>
   <si>
     <t>025/2025</t>
   </si>
   <si>
     <t>20/02/2025</t>
   </si>
   <si>
+    <t>PLUGNET COMERCIO E REPRESENTAÇOES LTDA</t>
+  </si>
+  <si>
+    <t>02.213.325/0002-69</t>
+  </si>
+  <si>
+    <t>R$ 244.135,00</t>
+  </si>
+  <si>
     <t>AQUISIÇÃO DE SERVIDOR RACK PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.Id contratação PNCP: 10733319000180-1-000064/2025https://pncp.gov.br/app/editais/10733319000180/2025/64 
 	 </t>
   </si>
   <si>
     <t>23/09/2025</t>
   </si>
   <si>
     <t>PE Nº 022/2025 - SERVIÇO DE REFORMA DE BANHEIRO</t>
   </si>
   <si>
     <t>022/2025</t>
   </si>
   <si>
     <t>20/09/2025</t>
   </si>
   <si>
+    <t>PACTO CONSRUCOES LTDA</t>
+  </si>
+  <si>
+    <t>33.666.569/0001-40</t>
+  </si>
+  <si>
+    <t>R$ 107.000,00</t>
+  </si>
+  <si>
     <t>SERVIÇO DE ENGENHARIA PARA AMPLIAÇÃO E REFORMA DOS BANHEIROS DOS BLOCOS ADMINISTRATIVOS E BLOCO CENTRAL NO TOTAL 75,00 M², COMPREENDENDO MATERIAL, MÃO DE OBRA, INSUMOS, INSTALAÇÕES ELÉTRICAS E HIDROSSANITÁRIAS NA SEDE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA. Id contratação PNCP: 10733319000180-1-000065/2025</t>
   </si>
   <si>
     <t>PE Nº 023/2025 - VIGILANCIA ARMADA</t>
   </si>
   <si>
     <t>023/2025</t>
   </si>
   <si>
     <t>18/09/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SEGURANÇA ARMADA E DESARMADA PARA ATENDER A SEDE E OS NÚCLEOS DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA. 
 	Id contratação PNCP: 10733319000180-1-000062/2025</t>
   </si>
   <si>
     <t>INEX N° 010/2025- LOCAÇÃO NUCLEO FAMILIA</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>MARIA LUCIA DA COSTA CASTRO</t>
   </si>
   <si>
@@ -1817,51 +1838,60 @@
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTOS DE INFORMÁTICA, COMPREENDENDO MONITORES COM TOUCH SCREEN, NOTEBOOKS, COMPUTADORES, DESTINADOS À MODERNIZAÇÃO, PADRONIZAÇÃO E EXPANSÃO DA INFRAESTRUTURA TECNOLÓGICA DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.
 	Id contratação PNCP: 10733319000180-1-000067/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>PE Nº 027/2025- AQUISIÇÃO DE EXPANSÃO DE SERVIDOR</t>
   </si>
   <si>
     <t>027/2025</t>
   </si>
   <si>
     <t>Aquisição de módulos de expansão de memória, unidades de armazenamento (SSD SATA e NVMe), kits de GPU e fontes redundantes, todos plenamente compatíveis com o servidor HPE ProLiant DL380 Gen11, de propriedade da Defensoria Pública do Estado da Paraíba.
 	Id contratação PNCP: 10733319000180-1-000068/2025</t>
   </si>
   <si>
     <t>PE Nº 024/2025- AQUISIÇÃO DE MATERIAIS DE CONSTRUÇAO</t>
   </si>
   <si>
     <t>30/10/2025</t>
   </si>
   <si>
-    <t>AQUISIÇÃO REGULAR E CONTÍNUA DE MATERIAIS DE CONSTRUÇÃO PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.
+    <t>CENTER LED MATERIAIS ELETRICOS EIRELLI-EPP</t>
+  </si>
+  <si>
+    <t>26.474.579/0001-18</t>
+  </si>
+  <si>
+    <t>R$ 314.686,60</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO REGULAR E CONTÍNUA DE MATERIAIS DE CONSTRUÇÃO PARA SUPRIR AS NECESSIDADES DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA. 
 	Id contratação PNCP: 10733319000180-1-000070/2025</t>
   </si>
   <si>
     <t>DE Nº 012/2025-E-MAIL CORPORATIVO</t>
   </si>
   <si>
     <t>012/2025</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação de serviços de hospedagem, migração, infraestrutura e gerenciamento de contas de e-mail corporativo em nuvem (SaaS). 
 	Id contratação PNCP: 10733319000180-1-000072/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>DE Nº 013/2025-MAT ELETRICO</t>
   </si>
   <si>
     <t>013/2025</t>
   </si>
   <si>
@@ -1992,50 +2022,181 @@
   <si>
     <t>FORUM NACIONAL DE COMUNICACAO E JUSTIÇA</t>
   </si>
   <si>
     <t>R$ 1.800,00</t>
   </si>
   <si>
     <t>Inscrição para participar do 31° Seminário Internacional de Ciências Criminais.
 	Id contratação PNCP: 10733319000180-1-000057/2025</t>
   </si>
   <si>
     <t>INEX N° 008/2025- CONGRESSO</t>
   </si>
   <si>
     <t>FORUM NACIONAL DE COMUNICACAO E JUSTICA</t>
   </si>
   <si>
     <t>R$ 18,00</t>
   </si>
   <si>
     <t> Inscrição para a participação no XIX Congresso Brasileiro dos Assessores de Comunicação do Sistema da Justiça (COBRASCOM) 
 	Id contratação PNCP: 10733319000180-1-000056/2025</t>
   </si>
   <si>
     <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>PE Nº 001/2026- AQUISIÇÃO DE TVS E SUPORTE</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE TELEVISORES E SUPORTES ARTICULADOS DE PAREDE PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.
+	Id contratação PNCP: 10733319000180-1-000001/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>DE Nº 001/2026-PORTA DOCUMENTOS</t>
+  </si>
+  <si>
+    <t>A aquisição de porta-documentos, distintivos (emblemas metálicos) e carteiras de identidade funcional para a Defensoria Pública do Estado da Paraíba.
+	Id contratação PNCP: 10733319000180-1-000002/2026</t>
+  </si>
+  <si>
+    <t>PE Nº 020/2025- AQUISIÇÃO DE MICRO-ONDAS</t>
+  </si>
+  <si>
+    <t>020/2025</t>
+  </si>
+  <si>
+    <t>CASTRO EQUIPAMENTOS LTDA</t>
+  </si>
+  <si>
+    <t>42.753.718/0001-07</t>
+  </si>
+  <si>
+    <t>R$ 4.939,10</t>
+  </si>
+  <si>
+    <t>Aquisição de micro-ondas para suprir as necessidade da Defensoria Pública do Estado da Paraíba.
+	Id contratação PNCP: 10733319000180-1-000055/2025</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>PE Nº 021/2025- AQUISIÇÃO E INSTALAÇÃO DE JANELAS E PORTAS</t>
+  </si>
+  <si>
+    <t>021/2025</t>
+  </si>
+  <si>
+    <t>Aquisição e instalação de janelas e portas de vidro temperado com esquadrias de alumínio, com fornecimento de materiais e mão de obra, para diversas salas da Sede da Defensoria Pública do Estado da Paraíba. 
+	Id contratação PNCP: 10733319000180-1-000073/2025</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>PE Nº 026/2025- AQUISIÇÃO DE COMPUTADORES</t>
+  </si>
+  <si>
+    <t>PLUGNET COMERCIO E REPRESENTACOES LTDA</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE EQUIPAMENTOS DE INFORMÁTICA, COMPREENDENDO MONITORES COM TOUCH SCREEN, NOTEBOOKS, COMPUTADORES, DESTINADOS À MODERNIZAÇÃO, PADRONIZAÇÃO E EXPANSÃO DA INFRAESTRUTURA TECNOLÓGICA DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.
+	Id contratação PNCP: 10733319000180-1-000067/2025</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>PE Nº 028/2025- MANUTENCAO DE NOBREAK</t>
+  </si>
+  <si>
+    <t>028/2025</t>
+  </si>
+  <si>
+    <t>MG COMERCIO E SERVICOS DE INFORMATICA LTDA</t>
+  </si>
+  <si>
+    <t>09.436.873/0001-16</t>
+  </si>
+  <si>
+    <t>R$ 11.400,00</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE UMA EMPRESA ESPECIALIZADA PARA EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM NOBREAK SMS 10KVA, COM FORNECIMENTO DE PEÇAS E SUBSTITUIÇÃO DE BATERIAS PELO PERÍODO DE 12(DOZE) MESES, PARA SUPRIR AS NECESSIDADE DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA.
+	Id contratação PNCP: 10733319000180-1-000083/2025</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>PE Nº 029/2025- AQUISIÇÃO DE ADOBE</t>
+  </si>
+  <si>
+    <t>029/2025</t>
+  </si>
+  <si>
+    <t>MCR SISTEMAS E CONSULTORIA LTDA</t>
+  </si>
+  <si>
+    <t>04.198.254/0001-17</t>
+  </si>
+  <si>
+    <t>R$ 24.200,00</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE UMA EMPRESA ESPECIALIZADA QUE FORNECERÁ 02 (DUAS) LICENÇAS DO SOFTWARE ADOBE CREATIVE CLOUD FOR TEAMS ALL APPS POR UM PERÍODO DE 24 (VINTE E QUATRO) MESES E 02 (DUAS) LICENÇAS DO SOFTWARE ADOBE STOCK FOR TEAMS (OTHER) PARA 40 ATIVOS.
+	Id contratação PNCP: 10733319000180-1-000082/2025</t>
+  </si>
+  <si>
+    <t>EDITAL 030/2025-COMBUSTIVEL</t>
+  </si>
+  <si>
+    <t>030/2025</t>
+  </si>
+  <si>
+    <t>PRIME CONSULTORIA E ASSESSORIA EMPRESARIAL LTDA</t>
+  </si>
+  <si>
+    <t>05.340.639/0001-30</t>
+  </si>
+  <si>
+    <t>R$ 286.920,00</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A ADMINISTRAÇÃO E O GERENCIAMENTO INFORMATIZADO DO FORNECIMENTO CONTÍNUO E ININTERRUPTO DE COMBUSTÍVEL, POR MEIO DA UTILIZAÇÃO DE CARTÕES MICROPROCESSADOS (CHIP OU MAGNÉTICO), PARA O ABASTECIMENTO DA FROTA DE VEÍCULOS OFICIAIS DA DEFENSORIA PÚBLICA DO ESTADO DA PARAÍBA (DPPB).
+	Id contratação PNCP: 10733319000180-1-000084/2025</t>
+  </si>
+  <si>
+    <t>PE Nº 030/2025- AQUISIÇÃO DE COMBUSTIVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2339,51 +2500,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J120"/>
+  <dimension ref="A1:J128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3545,2690 +3706,2946 @@
       </c>
       <c r="H37" t="s">
         <v>197</v>
       </c>
       <c r="I37" t="s">
         <v>198</v>
       </c>
       <c r="J37" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
         <v>199</v>
       </c>
       <c r="C38" t="s">
         <v>200</v>
       </c>
       <c r="D38" t="s">
         <v>131</v>
       </c>
       <c r="E38" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
         <v>16</v>
       </c>
       <c r="H38" t="s">
-        <v>51</v>
+        <v>201</v>
       </c>
       <c r="I38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J38" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>131</v>
       </c>
       <c r="E39" t="s">
         <v>31</v>
       </c>
       <c r="F39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J39" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D40" t="s">
         <v>131</v>
       </c>
       <c r="E40" t="s">
-        <v>14</v>
+        <v>211</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
         <v>16</v>
       </c>
       <c r="H40" t="s">
         <v>51</v>
       </c>
       <c r="I40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J40" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C41" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D41" t="s">
         <v>131</v>
       </c>
       <c r="E41" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
         <v>16</v>
       </c>
       <c r="H41" t="s">
-        <v>51</v>
+        <v>215</v>
       </c>
       <c r="I41" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="J41" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B42" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C42" t="s">
-        <v>215</v>
+        <v>135</v>
       </c>
       <c r="D42" t="s">
-        <v>131</v>
+        <v>218</v>
       </c>
       <c r="E42" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F42" t="s">
-        <v>15</v>
+        <v>219</v>
       </c>
       <c r="G42" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="H42" t="s">
-        <v>51</v>
+        <v>221</v>
       </c>
       <c r="I42" t="s">
-        <v>15</v>
+        <v>222</v>
       </c>
       <c r="J42" t="s">
-        <v>150</v>
+        <v>223</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
         <v>27</v>
       </c>
       <c r="B43" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="C43" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D43" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="E43" t="s">
         <v>31</v>
       </c>
       <c r="F43" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="G43" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="H43" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="J43" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
         <v>27</v>
       </c>
       <c r="B44" t="s">
+        <v>230</v>
+      </c>
+      <c r="C44" t="s">
+        <v>145</v>
+      </c>
+      <c r="D44" t="s">
+        <v>225</v>
+      </c>
+      <c r="E44" t="s">
+        <v>31</v>
+      </c>
+      <c r="F44" t="s">
+        <v>231</v>
+      </c>
+      <c r="G44" t="s">
+        <v>232</v>
+      </c>
+      <c r="H44" t="s">
+        <v>233</v>
+      </c>
+      <c r="I44" t="s">
+        <v>234</v>
+      </c>
+      <c r="J44" t="s">
         <v>223</v>
-      </c>
-[...22 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
         <v>27</v>
       </c>
       <c r="B45" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C45" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D45" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="E45" t="s">
-        <v>31</v>
+        <v>236</v>
       </c>
       <c r="F45" t="s">
-        <v>230</v>
+        <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>231</v>
+        <v>16</v>
       </c>
       <c r="H45" t="s">
-        <v>232</v>
+        <v>51</v>
       </c>
       <c r="I45" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="J45" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>27</v>
       </c>
       <c r="B46" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C46" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D46" t="s">
-        <v>217</v>
+        <v>239</v>
       </c>
       <c r="E46" t="s">
-        <v>235</v>
+        <v>31</v>
       </c>
       <c r="F46" t="s">
-        <v>15</v>
+        <v>240</v>
       </c>
       <c r="G46" t="s">
-        <v>16</v>
+        <v>241</v>
       </c>
       <c r="H46" t="s">
-        <v>51</v>
+        <v>242</v>
       </c>
       <c r="I46" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="J46" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>27</v>
       </c>
       <c r="B47" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="C47" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="D47" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="E47" t="s">
         <v>31</v>
       </c>
       <c r="F47" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="G47" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="H47" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="I47" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="J47" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
         <v>27</v>
       </c>
       <c r="B48" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C48" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D48" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="E48" t="s">
         <v>31</v>
       </c>
       <c r="F48" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="G48" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="H48" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="I48" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="J48" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
         <v>27</v>
       </c>
       <c r="B49" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C49" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D49" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="E49" t="s">
         <v>31</v>
       </c>
       <c r="F49" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="G49" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="H49" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="I49" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="J49" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
         <v>27</v>
       </c>
       <c r="B50" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C50" t="s">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="D50" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="E50" t="s">
         <v>31</v>
       </c>
       <c r="F50" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="G50" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="H50" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="I50" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="J50" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
         <v>27</v>
       </c>
       <c r="B51" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C51" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D51" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="E51" t="s">
         <v>31</v>
       </c>
       <c r="F51" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="G51" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="H51" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="I51" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="J51" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
         <v>27</v>
       </c>
       <c r="B52" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C52" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="D52" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="E52" t="s">
         <v>31</v>
       </c>
       <c r="F52" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="G52" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="H52" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="I52" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="J52" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
         <v>27</v>
       </c>
       <c r="B53" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D53" t="s">
-        <v>274</v>
+        <v>150</v>
       </c>
       <c r="E53" t="s">
         <v>31</v>
       </c>
       <c r="F53" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="G53" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="J53" t="s">
-        <v>222</v>
+        <v>285</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
         <v>27</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D54" t="s">
         <v>150</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="G54" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="J54" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>27</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C55" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D55" t="s">
-        <v>150</v>
+        <v>131</v>
       </c>
       <c r="E55" t="s">
         <v>31</v>
       </c>
       <c r="F55" t="s">
-        <v>286</v>
+        <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>287</v>
+        <v>16</v>
       </c>
       <c r="H55" t="s">
-        <v>288</v>
+        <v>51</v>
       </c>
       <c r="I55" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="J55" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>27</v>
+        <v>294</v>
       </c>
       <c r="B56" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C56" t="s">
-        <v>159</v>
+        <v>71</v>
       </c>
       <c r="D56" t="s">
         <v>131</v>
       </c>
       <c r="E56" t="s">
         <v>31</v>
       </c>
       <c r="F56" t="s">
-        <v>15</v>
+        <v>296</v>
       </c>
       <c r="G56" t="s">
-        <v>16</v>
+        <v>297</v>
       </c>
       <c r="H56" t="s">
-        <v>51</v>
+        <v>298</v>
       </c>
       <c r="I56" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="J56" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="C57" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D57" t="s">
-        <v>131</v>
+        <v>301</v>
       </c>
       <c r="E57" t="s">
         <v>31</v>
       </c>
       <c r="F57" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="G57" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="H57" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="I57" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="J57" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B58" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="C58" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D58" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="E58" t="s">
         <v>31</v>
       </c>
       <c r="F58" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="G58" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="H58" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="I58" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="J58" t="s">
-        <v>290</v>
+        <v>312</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="B59" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="C59" t="s">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="D59" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="E59" t="s">
         <v>31</v>
       </c>
       <c r="F59" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G59" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="H59" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="I59" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="J59" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>27</v>
+        <v>294</v>
       </c>
       <c r="B60" t="s">
+        <v>319</v>
+      </c>
+      <c r="C60" t="s">
+        <v>138</v>
+      </c>
+      <c r="D60" t="s">
+        <v>320</v>
+      </c>
+      <c r="E60" t="s">
+        <v>31</v>
+      </c>
+      <c r="F60" t="s">
+        <v>321</v>
+      </c>
+      <c r="G60" t="s">
+        <v>322</v>
+      </c>
+      <c r="H60" t="s">
+        <v>323</v>
+      </c>
+      <c r="I60" t="s">
+        <v>324</v>
+      </c>
+      <c r="J60" t="s">
         <v>312</v>
-      </c>
-[...22 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B61" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C61" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="D61" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="E61" t="s">
         <v>31</v>
       </c>
       <c r="F61" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="G61" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="H61" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="I61" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="J61" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>293</v>
+        <v>332</v>
       </c>
       <c r="B62" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="C62" t="s">
-        <v>145</v>
+        <v>71</v>
       </c>
       <c r="D62" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="E62" t="s">
         <v>31</v>
       </c>
       <c r="F62" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="G62" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="H62" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="I62" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="J62" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
+        <v>332</v>
+      </c>
+      <c r="B63" t="s">
+        <v>339</v>
+      </c>
+      <c r="C63" t="s">
+        <v>65</v>
+      </c>
+      <c r="D63" t="s">
+        <v>340</v>
+      </c>
+      <c r="E63" t="s">
+        <v>31</v>
+      </c>
+      <c r="F63" t="s">
+        <v>341</v>
+      </c>
+      <c r="G63" t="s">
+        <v>342</v>
+      </c>
+      <c r="H63" t="s">
+        <v>343</v>
+      </c>
+      <c r="I63" t="s">
+        <v>344</v>
+      </c>
+      <c r="J63" t="s">
         <v>331</v>
-      </c>
-[...25 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>331</v>
+        <v>27</v>
       </c>
       <c r="B64" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="C64" t="s">
-        <v>65</v>
+        <v>346</v>
       </c>
       <c r="D64" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="E64" t="s">
         <v>31</v>
       </c>
       <c r="F64" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="G64" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="H64" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="I64" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="J64" t="s">
-        <v>330</v>
+        <v>352</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>27</v>
       </c>
       <c r="B65" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="C65" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="D65" t="s">
-        <v>346</v>
+        <v>131</v>
       </c>
       <c r="E65" t="s">
         <v>31</v>
       </c>
       <c r="F65" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="G65" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="H65" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="I65" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="J65" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
         <v>27</v>
       </c>
       <c r="B66" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="C66" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="D66" t="s">
         <v>131</v>
       </c>
       <c r="E66" t="s">
         <v>31</v>
       </c>
       <c r="F66" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="G66" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="H66" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="I66" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="J66" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>27</v>
       </c>
       <c r="B67" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="C67" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="D67" t="s">
         <v>131</v>
       </c>
       <c r="E67" t="s">
-        <v>31</v>
+        <v>236</v>
       </c>
       <c r="F67" t="s">
-        <v>360</v>
+        <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="H67" t="s">
-        <v>362</v>
+        <v>51</v>
       </c>
       <c r="I67" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="J67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
         <v>27</v>
       </c>
       <c r="B68" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C68" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="D68" t="s">
         <v>131</v>
       </c>
       <c r="E68" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F68" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="G68" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="H68" t="s">
-        <v>51</v>
+        <v>373</v>
       </c>
       <c r="I68" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="J68" t="s">
-        <v>351</v>
+        <v>375</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>27</v>
       </c>
       <c r="B69" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="C69" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="D69" t="s">
         <v>131</v>
       </c>
       <c r="E69" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F69" t="s">
-        <v>370</v>
+        <v>15</v>
       </c>
       <c r="G69" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="H69" t="s">
-        <v>372</v>
+        <v>51</v>
       </c>
       <c r="I69" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="J69" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>27</v>
       </c>
       <c r="B70" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C70" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="D70" t="s">
         <v>131</v>
       </c>
       <c r="E70" t="s">
-        <v>235</v>
+        <v>381</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
         <v>16</v>
       </c>
       <c r="H70" t="s">
         <v>51</v>
       </c>
       <c r="I70" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="J70" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>27</v>
       </c>
       <c r="B71" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C71" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="D71" t="s">
-        <v>131</v>
+        <v>385</v>
       </c>
       <c r="E71" t="s">
-        <v>380</v>
+        <v>31</v>
       </c>
       <c r="F71" t="s">
-        <v>15</v>
+        <v>386</v>
       </c>
       <c r="G71" t="s">
-        <v>16</v>
+        <v>387</v>
       </c>
       <c r="H71" t="s">
-        <v>51</v>
+        <v>388</v>
       </c>
       <c r="I71" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="J71" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
         <v>27</v>
       </c>
       <c r="B72" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="C72" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="D72" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="E72" t="s">
         <v>31</v>
       </c>
       <c r="F72" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="G72" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="H72" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="I72" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="J72" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
         <v>27</v>
       </c>
       <c r="B73" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="C73" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="D73" t="s">
-        <v>391</v>
+        <v>131</v>
       </c>
       <c r="E73" t="s">
         <v>31</v>
       </c>
       <c r="F73" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="G73" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="H73" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="I73" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="J73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
         <v>27</v>
       </c>
       <c r="B74" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="C74" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="D74" t="s">
-        <v>131</v>
+        <v>405</v>
       </c>
       <c r="E74" t="s">
         <v>31</v>
       </c>
       <c r="F74" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="G74" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="H74" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="I74" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="J74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
         <v>27</v>
       </c>
       <c r="B75" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C75" t="s">
-        <v>403</v>
+        <v>29</v>
       </c>
       <c r="D75" t="s">
-        <v>404</v>
+        <v>347</v>
       </c>
       <c r="E75" t="s">
         <v>31</v>
       </c>
       <c r="F75" t="s">
-        <v>405</v>
+        <v>371</v>
       </c>
       <c r="G75" t="s">
-        <v>406</v>
+        <v>372</v>
       </c>
       <c r="H75" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="I75" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="J75" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>27</v>
       </c>
       <c r="B76" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C76" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="D76" t="s">
-        <v>346</v>
+        <v>415</v>
       </c>
       <c r="E76" t="s">
         <v>31</v>
       </c>
       <c r="F76" t="s">
-        <v>370</v>
+        <v>416</v>
       </c>
       <c r="G76" t="s">
-        <v>371</v>
+        <v>417</v>
       </c>
       <c r="H76" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="I76" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="J76" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>27</v>
       </c>
       <c r="B77" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="C77" t="s">
-        <v>413</v>
+        <v>37</v>
       </c>
       <c r="D77" t="s">
-        <v>414</v>
+        <v>131</v>
       </c>
       <c r="E77" t="s">
         <v>31</v>
       </c>
       <c r="F77" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="G77" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="H77" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="I77" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="J77" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
         <v>27</v>
       </c>
       <c r="B78" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="C78" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D78" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="E78" t="s">
         <v>31</v>
       </c>
       <c r="F78" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="G78" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="H78" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="I78" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="J78" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
         <v>27</v>
       </c>
       <c r="B79" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="C79" t="s">
-        <v>21</v>
+        <v>431</v>
       </c>
       <c r="D79" t="s">
-        <v>45</v>
+        <v>432</v>
       </c>
       <c r="E79" t="s">
         <v>31</v>
       </c>
       <c r="F79" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="G79" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="H79" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="I79" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="J79" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>27</v>
       </c>
       <c r="B80" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="C80" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="D80" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="E80" t="s">
         <v>31</v>
       </c>
       <c r="F80" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="G80" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="H80" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="I80" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="J80" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
         <v>27</v>
       </c>
       <c r="B81" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="C81" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="D81" t="s">
-        <v>438</v>
+        <v>131</v>
       </c>
       <c r="E81" t="s">
-        <v>31</v>
+        <v>236</v>
       </c>
       <c r="F81" t="s">
-        <v>439</v>
+        <v>15</v>
       </c>
       <c r="G81" t="s">
-        <v>440</v>
+        <v>16</v>
       </c>
       <c r="H81" t="s">
-        <v>441</v>
+        <v>51</v>
       </c>
       <c r="I81" t="s">
-        <v>442</v>
+        <v>15</v>
       </c>
       <c r="J81" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
         <v>27</v>
       </c>
       <c r="B82" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C82" t="s">
-        <v>444</v>
+        <v>78</v>
       </c>
       <c r="D82" t="s">
         <v>131</v>
       </c>
       <c r="E82" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F82" t="s">
         <v>15</v>
       </c>
       <c r="G82" t="s">
         <v>16</v>
       </c>
       <c r="H82" t="s">
         <v>51</v>
       </c>
       <c r="I82" t="s">
         <v>15</v>
       </c>
       <c r="J82" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
         <v>27</v>
       </c>
       <c r="B83" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C83" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="D83" t="s">
         <v>131</v>
       </c>
       <c r="E83" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F83" t="s">
         <v>15</v>
       </c>
       <c r="G83" t="s">
         <v>16</v>
       </c>
       <c r="H83" t="s">
         <v>51</v>
       </c>
       <c r="I83" t="s">
         <v>15</v>
       </c>
       <c r="J83" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
         <v>27</v>
       </c>
       <c r="B84" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C84" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="D84" t="s">
         <v>131</v>
       </c>
       <c r="E84" t="s">
-        <v>235</v>
+        <v>31</v>
       </c>
       <c r="F84" t="s">
-        <v>15</v>
+        <v>449</v>
       </c>
       <c r="G84" t="s">
-        <v>16</v>
+        <v>450</v>
       </c>
       <c r="H84" t="s">
-        <v>51</v>
+        <v>451</v>
       </c>
       <c r="I84" t="s">
-        <v>15</v>
+        <v>452</v>
       </c>
       <c r="J84" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
         <v>27</v>
       </c>
       <c r="B85" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="C85" t="s">
-        <v>49</v>
+        <v>454</v>
       </c>
       <c r="D85" t="s">
-        <v>131</v>
+        <v>455</v>
       </c>
       <c r="E85" t="s">
         <v>31</v>
       </c>
       <c r="F85" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="G85" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="H85" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="I85" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="J85" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>27</v>
+        <v>294</v>
       </c>
       <c r="B86" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C86" t="s">
-        <v>453</v>
+        <v>29</v>
       </c>
       <c r="D86" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="E86" t="s">
         <v>31</v>
       </c>
       <c r="F86" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="G86" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="H86" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="I86" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="J86" t="s">
-        <v>374</v>
+        <v>466</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B87" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="C87" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="D87" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="E87" t="s">
         <v>31</v>
       </c>
       <c r="F87" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="G87" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="H87" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="I87" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="J87" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B88" t="s">
+        <v>473</v>
+      </c>
+      <c r="C88" t="s">
+        <v>37</v>
+      </c>
+      <c r="D88" t="s">
+        <v>468</v>
+      </c>
+      <c r="E88" t="s">
+        <v>31</v>
+      </c>
+      <c r="F88" t="s">
+        <v>474</v>
+      </c>
+      <c r="G88" t="s">
+        <v>475</v>
+      </c>
+      <c r="H88" t="s">
+        <v>476</v>
+      </c>
+      <c r="I88" t="s">
+        <v>477</v>
+      </c>
+      <c r="J88" t="s">
         <v>466</v>
-      </c>
-[...22 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B89" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C89" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D89" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="E89" t="s">
         <v>31</v>
       </c>
       <c r="F89" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="G89" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="H89" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="I89" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="J89" t="s">
-        <v>465</v>
+        <v>484</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B90" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="C90" t="s">
-        <v>21</v>
+        <v>431</v>
       </c>
       <c r="D90" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="E90" t="s">
         <v>31</v>
       </c>
       <c r="F90" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="G90" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="H90" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="I90" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="J90" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B91" t="s">
+        <v>491</v>
+      </c>
+      <c r="C91" t="s">
+        <v>438</v>
+      </c>
+      <c r="D91" t="s">
+        <v>492</v>
+      </c>
+      <c r="E91" t="s">
+        <v>31</v>
+      </c>
+      <c r="F91" t="s">
+        <v>493</v>
+      </c>
+      <c r="G91" t="s">
+        <v>494</v>
+      </c>
+      <c r="H91" t="s">
+        <v>495</v>
+      </c>
+      <c r="I91" t="s">
+        <v>496</v>
+      </c>
+      <c r="J91" t="s">
         <v>484</v>
-      </c>
-[...22 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B92" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="C92" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="D92" t="s">
-        <v>491</v>
+        <v>131</v>
       </c>
       <c r="E92" t="s">
         <v>31</v>
       </c>
       <c r="F92" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="G92" t="s">
-        <v>493</v>
+        <v>322</v>
       </c>
       <c r="H92" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="I92" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="J92" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B93" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C93" t="s">
-        <v>444</v>
+        <v>78</v>
       </c>
       <c r="D93" t="s">
-        <v>131</v>
+        <v>502</v>
       </c>
       <c r="E93" t="s">
         <v>31</v>
       </c>
       <c r="F93" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="G93" t="s">
-        <v>321</v>
+        <v>504</v>
       </c>
       <c r="H93" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="I93" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="J93" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B94" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="C94" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="D94" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="E94" t="s">
         <v>31</v>
       </c>
       <c r="F94" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="G94" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="H94" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="I94" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="J94" t="s">
-        <v>483</v>
+        <v>513</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B95" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="C95" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="D95" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="E95" t="s">
         <v>31</v>
       </c>
       <c r="F95" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="G95" t="s">
-        <v>509</v>
+        <v>297</v>
       </c>
       <c r="H95" t="s">
-        <v>510</v>
+        <v>75</v>
       </c>
       <c r="I95" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="J95" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>293</v>
+        <v>332</v>
       </c>
       <c r="B96" t="s">
+        <v>518</v>
+      </c>
+      <c r="C96" t="s">
+        <v>29</v>
+      </c>
+      <c r="D96" t="s">
+        <v>519</v>
+      </c>
+      <c r="E96" t="s">
+        <v>31</v>
+      </c>
+      <c r="F96" t="s">
+        <v>520</v>
+      </c>
+      <c r="G96" t="s">
+        <v>521</v>
+      </c>
+      <c r="H96" t="s">
+        <v>522</v>
+      </c>
+      <c r="I96" t="s">
+        <v>523</v>
+      </c>
+      <c r="J96" t="s">
         <v>513</v>
-      </c>
-[...22 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B97" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="C97" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="D97" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="E97" t="s">
         <v>31</v>
       </c>
       <c r="F97" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="G97" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="H97" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="I97" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="J97" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B98" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="C98" t="s">
-        <v>413</v>
+        <v>37</v>
       </c>
       <c r="D98" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="E98" t="s">
         <v>31</v>
       </c>
       <c r="F98" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="G98" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="H98" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="I98" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="J98" t="s">
-        <v>512</v>
+        <v>533</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B99" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="C99" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D99" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
       <c r="E99" t="s">
         <v>31</v>
       </c>
       <c r="F99" t="s">
-        <v>519</v>
+        <v>536</v>
       </c>
       <c r="G99" t="s">
-        <v>520</v>
+        <v>537</v>
       </c>
       <c r="H99" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="I99" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="J99" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B100" t="s">
+        <v>540</v>
+      </c>
+      <c r="C100" t="s">
+        <v>431</v>
+      </c>
+      <c r="D100" t="s">
+        <v>541</v>
+      </c>
+      <c r="E100" t="s">
+        <v>31</v>
+      </c>
+      <c r="F100" t="s">
+        <v>542</v>
+      </c>
+      <c r="G100" t="s">
+        <v>543</v>
+      </c>
+      <c r="H100" t="s">
+        <v>544</v>
+      </c>
+      <c r="I100" t="s">
+        <v>545</v>
+      </c>
+      <c r="J100" t="s">
         <v>533</v>
-      </c>
-[...22 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>331</v>
+        <v>10</v>
       </c>
       <c r="B101" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C101" t="s">
-        <v>430</v>
+        <v>547</v>
       </c>
       <c r="D101" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="E101" t="s">
         <v>31</v>
       </c>
       <c r="F101" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="G101" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="H101" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="I101" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="J101" t="s">
-        <v>532</v>
+        <v>553</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
         <v>10</v>
       </c>
       <c r="B102" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="C102" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="D102" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="E102" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F102" t="s">
-        <v>15</v>
+        <v>557</v>
       </c>
       <c r="G102" t="s">
-        <v>16</v>
+        <v>558</v>
       </c>
       <c r="H102" t="s">
-        <v>51</v>
+        <v>559</v>
       </c>
       <c r="I102" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="J102" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
         <v>10</v>
       </c>
       <c r="B103" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="C103" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="D103" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
       <c r="E103" t="s">
-        <v>14</v>
+        <v>211</v>
       </c>
       <c r="F103" t="s">
         <v>15</v>
       </c>
       <c r="G103" t="s">
         <v>16</v>
       </c>
       <c r="H103" t="s">
         <v>51</v>
       </c>
       <c r="I103" t="s">
+        <v>564</v>
+      </c>
+      <c r="J103" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>10</v>
+        <v>294</v>
       </c>
       <c r="B104" t="s">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="C104" t="s">
-        <v>555</v>
+        <v>162</v>
       </c>
       <c r="D104" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="E104" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F104" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="G104" t="s">
-        <v>16</v>
+        <v>568</v>
       </c>
       <c r="H104" t="s">
-        <v>51</v>
+        <v>569</v>
       </c>
       <c r="I104" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="J104" t="s">
-        <v>549</v>
+        <v>571</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>293</v>
+        <v>10</v>
       </c>
       <c r="B105" t="s">
-        <v>558</v>
+        <v>572</v>
       </c>
       <c r="C105" t="s">
-        <v>162</v>
+        <v>366</v>
       </c>
       <c r="D105" t="s">
-        <v>559</v>
+        <v>131</v>
       </c>
       <c r="E105" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F105" t="s">
-        <v>560</v>
+        <v>15</v>
       </c>
       <c r="G105" t="s">
-        <v>561</v>
+        <v>16</v>
       </c>
       <c r="H105" t="s">
-        <v>562</v>
+        <v>51</v>
       </c>
       <c r="I105" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="J105" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
         <v>10</v>
       </c>
       <c r="B106" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="C106" t="s">
-        <v>365</v>
+        <v>576</v>
       </c>
       <c r="D106" t="s">
         <v>131</v>
       </c>
       <c r="E106" t="s">
         <v>14</v>
       </c>
       <c r="F106" t="s">
         <v>15</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106" t="s">
         <v>51</v>
       </c>
       <c r="I106" t="s">
-        <v>566</v>
+        <v>577</v>
       </c>
       <c r="J106" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
         <v>10</v>
       </c>
       <c r="B107" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="C107" t="s">
-        <v>569</v>
+        <v>346</v>
       </c>
       <c r="D107" t="s">
-        <v>131</v>
+        <v>579</v>
       </c>
       <c r="E107" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F107" t="s">
-        <v>15</v>
+        <v>580</v>
       </c>
       <c r="G107" t="s">
-        <v>16</v>
+        <v>581</v>
       </c>
       <c r="H107" t="s">
-        <v>51</v>
+        <v>582</v>
       </c>
       <c r="I107" t="s">
-        <v>570</v>
+        <v>583</v>
       </c>
       <c r="J107" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B108" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="C108" t="s">
-        <v>345</v>
+        <v>585</v>
       </c>
       <c r="D108" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="E108" t="s">
         <v>14</v>
       </c>
       <c r="F108" t="s">
         <v>15</v>
       </c>
       <c r="G108" t="s">
         <v>16</v>
       </c>
       <c r="H108" t="s">
         <v>51</v>
       </c>
       <c r="I108" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="J108" t="s">
-        <v>567</v>
+        <v>588</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
         <v>27</v>
       </c>
       <c r="B109" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="C109" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="D109" t="s">
-        <v>576</v>
+        <v>131</v>
       </c>
       <c r="E109" t="s">
         <v>14</v>
       </c>
       <c r="F109" t="s">
         <v>15</v>
       </c>
       <c r="G109" t="s">
         <v>16</v>
       </c>
       <c r="H109" t="s">
         <v>51</v>
       </c>
       <c r="I109" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="J109" t="s">
-        <v>578</v>
+        <v>592</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
         <v>27</v>
       </c>
       <c r="B110" t="s">
-        <v>579</v>
+        <v>593</v>
       </c>
       <c r="C110" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="D110" t="s">
         <v>131</v>
       </c>
       <c r="E110" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F110" t="s">
-        <v>15</v>
+        <v>595</v>
       </c>
       <c r="G110" t="s">
-        <v>16</v>
+        <v>277</v>
       </c>
       <c r="H110" t="s">
-        <v>51</v>
+        <v>596</v>
       </c>
       <c r="I110" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="J110" t="s">
-        <v>582</v>
+        <v>598</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
         <v>27</v>
       </c>
       <c r="B111" t="s">
-        <v>583</v>
+        <v>599</v>
       </c>
       <c r="C111" t="s">
-        <v>584</v>
+        <v>188</v>
       </c>
       <c r="D111" t="s">
         <v>131</v>
       </c>
       <c r="E111" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F111" t="s">
-        <v>585</v>
+        <v>15</v>
       </c>
       <c r="G111" t="s">
-        <v>276</v>
+        <v>16</v>
       </c>
       <c r="H111" t="s">
-        <v>586</v>
+        <v>51</v>
       </c>
       <c r="I111" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="J111" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
         <v>27</v>
       </c>
       <c r="B112" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="C112" t="s">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="D112" t="s">
         <v>131</v>
       </c>
       <c r="E112" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F112" t="s">
-        <v>15</v>
+        <v>602</v>
       </c>
       <c r="G112" t="s">
-        <v>16</v>
+        <v>603</v>
       </c>
       <c r="H112" t="s">
-        <v>51</v>
+        <v>604</v>
       </c>
       <c r="I112" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="J112" t="s">
-        <v>588</v>
+        <v>606</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
         <v>27</v>
       </c>
       <c r="B113" t="s">
-        <v>591</v>
+        <v>607</v>
       </c>
       <c r="C113" t="s">
-        <v>169</v>
+        <v>608</v>
       </c>
       <c r="D113" t="s">
         <v>131</v>
       </c>
       <c r="E113" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F113" t="s">
-        <v>592</v>
+        <v>15</v>
       </c>
       <c r="G113" t="s">
-        <v>593</v>
+        <v>16</v>
       </c>
       <c r="H113" t="s">
-        <v>594</v>
+        <v>51</v>
       </c>
       <c r="I113" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
       <c r="J113" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
         <v>27</v>
       </c>
       <c r="B114" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="C114" t="s">
-        <v>598</v>
+        <v>200</v>
       </c>
       <c r="D114" t="s">
         <v>131</v>
       </c>
       <c r="E114" t="s">
         <v>14</v>
       </c>
       <c r="F114" t="s">
         <v>15</v>
       </c>
       <c r="G114" t="s">
         <v>16</v>
       </c>
       <c r="H114" t="s">
         <v>51</v>
       </c>
       <c r="I114" t="s">
-        <v>599</v>
+        <v>612</v>
       </c>
       <c r="J114" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
         <v>27</v>
       </c>
       <c r="B115" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="C115" t="s">
-        <v>200</v>
+        <v>614</v>
       </c>
       <c r="D115" t="s">
         <v>131</v>
       </c>
       <c r="E115" t="s">
         <v>14</v>
       </c>
       <c r="F115" t="s">
         <v>15</v>
       </c>
       <c r="G115" t="s">
         <v>16</v>
       </c>
       <c r="H115" t="s">
         <v>51</v>
       </c>
       <c r="I115" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="J115" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>27</v>
+        <v>294</v>
       </c>
       <c r="B116" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="C116" t="s">
-        <v>604</v>
+        <v>169</v>
       </c>
       <c r="D116" t="s">
-        <v>131</v>
+        <v>617</v>
       </c>
       <c r="E116" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F116" t="s">
-        <v>15</v>
+        <v>618</v>
       </c>
       <c r="G116" t="s">
-        <v>16</v>
+        <v>619</v>
       </c>
       <c r="H116" t="s">
-        <v>51</v>
+        <v>620</v>
       </c>
       <c r="I116" t="s">
-        <v>605</v>
+        <v>621</v>
       </c>
       <c r="J116" t="s">
-        <v>600</v>
+        <v>622</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B117" t="s">
-        <v>606</v>
+        <v>623</v>
       </c>
       <c r="C117" t="s">
-        <v>169</v>
+        <v>585</v>
       </c>
       <c r="D117" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="E117" t="s">
         <v>31</v>
       </c>
       <c r="F117" t="s">
-        <v>608</v>
+        <v>624</v>
       </c>
       <c r="G117" t="s">
-        <v>609</v>
+        <v>625</v>
       </c>
       <c r="H117" t="s">
-        <v>610</v>
+        <v>626</v>
       </c>
       <c r="I117" t="s">
-        <v>611</v>
+        <v>627</v>
       </c>
       <c r="J117" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B118" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="C118" t="s">
-        <v>575</v>
+        <v>159</v>
       </c>
       <c r="D118" t="s">
-        <v>612</v>
+        <v>629</v>
       </c>
       <c r="E118" t="s">
         <v>31</v>
       </c>
       <c r="F118" t="s">
-        <v>614</v>
+        <v>630</v>
       </c>
       <c r="G118" t="s">
-        <v>615</v>
+        <v>481</v>
       </c>
       <c r="H118" t="s">
-        <v>616</v>
+        <v>631</v>
       </c>
       <c r="I118" t="s">
-        <v>617</v>
+        <v>632</v>
       </c>
       <c r="J118" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B119" t="s">
-        <v>618</v>
+        <v>633</v>
       </c>
       <c r="C119" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="D119" t="s">
-        <v>619</v>
+        <v>352</v>
       </c>
       <c r="E119" t="s">
         <v>31</v>
       </c>
       <c r="F119" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
       <c r="G119" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H119" t="s">
-        <v>621</v>
+        <v>635</v>
       </c>
       <c r="I119" t="s">
-        <v>622</v>
+        <v>636</v>
       </c>
       <c r="J119" t="s">
-        <v>612</v>
+        <v>637</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>293</v>
+        <v>10</v>
       </c>
       <c r="B120" t="s">
-        <v>623</v>
+        <v>638</v>
       </c>
       <c r="C120" t="s">
-        <v>152</v>
+        <v>639</v>
       </c>
       <c r="D120" t="s">
-        <v>351</v>
+        <v>131</v>
       </c>
       <c r="E120" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F120" t="s">
-        <v>624</v>
+        <v>15</v>
       </c>
       <c r="G120" t="s">
-        <v>480</v>
+        <v>16</v>
       </c>
       <c r="H120" t="s">
-        <v>625</v>
+        <v>51</v>
       </c>
       <c r="I120" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="J120" t="s">
-        <v>627</v>
+        <v>641</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" t="s">
+        <v>27</v>
+      </c>
+      <c r="B121" t="s">
+        <v>642</v>
+      </c>
+      <c r="C121" t="s">
+        <v>639</v>
+      </c>
+      <c r="D121" t="s">
+        <v>131</v>
+      </c>
+      <c r="E121" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121" t="s">
+        <v>16</v>
+      </c>
+      <c r="H121" t="s">
+        <v>51</v>
+      </c>
+      <c r="I121" t="s">
+        <v>643</v>
+      </c>
+      <c r="J121" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B122" t="s">
+        <v>644</v>
+      </c>
+      <c r="C122" t="s">
+        <v>645</v>
+      </c>
+      <c r="D122" t="s">
+        <v>131</v>
+      </c>
+      <c r="E122" t="s">
+        <v>31</v>
+      </c>
+      <c r="F122" t="s">
+        <v>646</v>
+      </c>
+      <c r="G122" t="s">
+        <v>647</v>
+      </c>
+      <c r="H122" t="s">
+        <v>648</v>
+      </c>
+      <c r="I122" t="s">
+        <v>649</v>
+      </c>
+      <c r="J122" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" t="s">
+        <v>10</v>
+      </c>
+      <c r="B123" t="s">
+        <v>651</v>
+      </c>
+      <c r="C123" t="s">
+        <v>652</v>
+      </c>
+      <c r="D123" t="s">
+        <v>131</v>
+      </c>
+      <c r="E123" t="s">
+        <v>211</v>
+      </c>
+      <c r="F123" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" t="s">
+        <v>16</v>
+      </c>
+      <c r="H123" t="s">
+        <v>51</v>
+      </c>
+      <c r="I123" t="s">
+        <v>653</v>
+      </c>
+      <c r="J123" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" t="s">
+        <v>10</v>
+      </c>
+      <c r="B124" t="s">
+        <v>655</v>
+      </c>
+      <c r="C124" t="s">
+        <v>366</v>
+      </c>
+      <c r="D124" t="s">
+        <v>131</v>
+      </c>
+      <c r="E124" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" t="s">
+        <v>656</v>
+      </c>
+      <c r="G124" t="s">
+        <v>550</v>
+      </c>
+      <c r="H124" t="s">
+        <v>51</v>
+      </c>
+      <c r="I124" t="s">
+        <v>657</v>
+      </c>
+      <c r="J124" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" t="s">
+        <v>10</v>
+      </c>
+      <c r="B125" t="s">
+        <v>659</v>
+      </c>
+      <c r="C125" t="s">
+        <v>660</v>
+      </c>
+      <c r="D125" t="s">
+        <v>131</v>
+      </c>
+      <c r="E125" t="s">
+        <v>31</v>
+      </c>
+      <c r="F125" t="s">
+        <v>661</v>
+      </c>
+      <c r="G125" t="s">
+        <v>662</v>
+      </c>
+      <c r="H125" t="s">
+        <v>663</v>
+      </c>
+      <c r="I125" t="s">
+        <v>664</v>
+      </c>
+      <c r="J125" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" t="s">
+        <v>10</v>
+      </c>
+      <c r="B126" t="s">
+        <v>666</v>
+      </c>
+      <c r="C126" t="s">
+        <v>667</v>
+      </c>
+      <c r="D126" t="s">
+        <v>131</v>
+      </c>
+      <c r="E126" t="s">
+        <v>31</v>
+      </c>
+      <c r="F126" t="s">
+        <v>668</v>
+      </c>
+      <c r="G126" t="s">
+        <v>669</v>
+      </c>
+      <c r="H126" t="s">
+        <v>670</v>
+      </c>
+      <c r="I126" t="s">
+        <v>671</v>
+      </c>
+      <c r="J126" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" t="s">
+        <v>10</v>
+      </c>
+      <c r="B127" t="s">
+        <v>672</v>
+      </c>
+      <c r="C127" t="s">
+        <v>673</v>
+      </c>
+      <c r="D127" t="s">
+        <v>131</v>
+      </c>
+      <c r="E127" t="s">
+        <v>31</v>
+      </c>
+      <c r="F127" t="s">
+        <v>674</v>
+      </c>
+      <c r="G127" t="s">
+        <v>675</v>
+      </c>
+      <c r="H127" t="s">
+        <v>676</v>
+      </c>
+      <c r="I127" t="s">
+        <v>677</v>
+      </c>
+      <c r="J127" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" t="s">
+        <v>10</v>
+      </c>
+      <c r="B128" t="s">
+        <v>678</v>
+      </c>
+      <c r="C128" t="s">
+        <v>673</v>
+      </c>
+      <c r="D128" t="s">
+        <v>131</v>
+      </c>
+      <c r="E128" t="s">
+        <v>31</v>
+      </c>
+      <c r="F128" t="s">
+        <v>674</v>
+      </c>
+      <c r="G128" t="s">
+        <v>675</v>
+      </c>
+      <c r="H128" t="s">
+        <v>676</v>
+      </c>
+      <c r="I128" t="s">
+        <v>677</v>
+      </c>
+      <c r="J128" t="s">
+        <v>665</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">