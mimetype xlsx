--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Histórico</t>
   </si>
   <si>
     <t>Comarca</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Mês</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Data de Criação</t>
   </si>
   <si>
     <t>TEREZINHA DE JESUS M UGULINO SEVERO</t>
   </si>
   <si>
@@ -615,50 +615,176 @@
     <t>MANFREDO ESTEVAM ROSENSTOCK</t>
   </si>
   <si>
     <t>R$ 796,58</t>
   </si>
   <si>
     <t>R$ 2.270,00</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>R$ 9.027,85</t>
   </si>
   <si>
     <t>R$ 14.338,35</t>
   </si>
   <si>
     <t>R$ 2.270,20</t>
   </si>
   <si>
     <t>CONDE/SANTA RITA</t>
   </si>
   <si>
     <t>R$ 2.655,25</t>
+  </si>
+  <si>
+    <t>SERVIÇO EXTRAORDINÁRIO</t>
+  </si>
+  <si>
+    <t>s/c</t>
+  </si>
+  <si>
+    <t>R$ 2.048,88</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>ANAIZA DOS SANTOS SILVEIRA</t>
+  </si>
+  <si>
+    <t>R$ 113,51</t>
+  </si>
+  <si>
+    <t>R$ 1.194,86</t>
+  </si>
+  <si>
+    <t>BERTHEZENE BAROOS DA C LIMA MARTINS</t>
+  </si>
+  <si>
+    <t>R$ 2.389,71</t>
+  </si>
+  <si>
+    <t>DIANA RANGEL PICCOLI</t>
+  </si>
+  <si>
+    <t>HERCÍLIA MARIA RAMOS RÉGIS</t>
+  </si>
+  <si>
+    <t>JOAO GAUDÊNCIO DINIZ CABRAL</t>
+  </si>
+  <si>
+    <t>R$ 2.031,25</t>
+  </si>
+  <si>
+    <t>LAÍS DE QUIROZ NOVAIS</t>
+  </si>
+  <si>
+    <t>R$ 2.497,24</t>
+  </si>
+  <si>
+    <t>R$ 340,53</t>
+  </si>
+  <si>
+    <t>MARIA DOS REMÉDIOS MENDES OLIVEIRA</t>
+  </si>
+  <si>
+    <t>MARIA ELISABETH MORAIS PORDEUS</t>
+  </si>
+  <si>
+    <t>MONALIZA MAELLY FERNANDES MONTINEGRO</t>
+  </si>
+  <si>
+    <t>R$ 681,07</t>
+  </si>
+  <si>
+    <t>R$ 2.383,73</t>
+  </si>
+  <si>
+    <t>PAULO SÉRGIO GARCIA DE ARÚJO</t>
+  </si>
+  <si>
+    <t>PHILIPPE MANGUEIRA FIGUEIREDO</t>
+  </si>
+  <si>
+    <t>R$ 227,02</t>
+  </si>
+  <si>
+    <t>R$ 1.664,83</t>
+  </si>
+  <si>
+    <t>ALINE ARAÚJO SALES SILVA</t>
+  </si>
+  <si>
+    <t>DEFENSORIA DIGITAL</t>
+  </si>
+  <si>
+    <t>R$ 3.026,97</t>
+  </si>
+  <si>
+    <t>GABRIELA FERNANDES CORREIA LIMA</t>
+  </si>
+  <si>
+    <t>R$ 2.731,84</t>
+  </si>
+  <si>
+    <t>KLÉBIA MARIA LUDUGERIO BORBA</t>
+  </si>
+  <si>
+    <t>NAIARA ANTUNES DELA BIANCA</t>
+  </si>
+  <si>
+    <t>PLANTÕES</t>
+  </si>
+  <si>
+    <t>R$ 5.841,54</t>
+  </si>
+  <si>
+    <t>R$ 3.026,96</t>
+  </si>
+  <si>
+    <t>ENRIQUIMAR DUTRA DA SILVA</t>
+  </si>
+  <si>
+    <t>R$ 4.779,42</t>
+  </si>
+  <si>
+    <t>R$ 1.593,14</t>
+  </si>
+  <si>
+    <t>MARIA GORETTI PEREIRA DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>R$ 5.310,48</t>
+  </si>
+  <si>
+    <t>R$ 605,39</t>
+  </si>
+  <si>
+    <t>R$ 1.589,15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -962,51 +1088,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G416"/>
+  <dimension ref="A1:G493"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -10536,50 +10662,1821 @@
       <c r="G415" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
         <v>105</v>
       </c>
       <c r="B416" t="s">
         <v>8</v>
       </c>
       <c r="C416" t="s">
         <v>199</v>
       </c>
       <c r="D416" t="s">
         <v>200</v>
       </c>
       <c r="E416">
         <v>10</v>
       </c>
       <c r="F416">
         <v>2025</v>
       </c>
       <c r="G416" t="s">
         <v>195</v>
+      </c>
+    </row>
+    <row r="417" spans="1:7">
+      <c r="A417" t="s">
+        <v>162</v>
+      </c>
+      <c r="B417" t="s">
+        <v>201</v>
+      </c>
+      <c r="C417" t="s">
+        <v>202</v>
+      </c>
+      <c r="D417" t="s">
+        <v>203</v>
+      </c>
+      <c r="E417">
+        <v>11</v>
+      </c>
+      <c r="F417">
+        <v>2025</v>
+      </c>
+      <c r="G417" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="418" spans="1:7">
+      <c r="A418" t="s">
+        <v>205</v>
+      </c>
+      <c r="B418" t="s">
+        <v>201</v>
+      </c>
+      <c r="C418" t="s">
+        <v>202</v>
+      </c>
+      <c r="D418" t="s">
+        <v>206</v>
+      </c>
+      <c r="E418">
+        <v>11</v>
+      </c>
+      <c r="F418">
+        <v>2025</v>
+      </c>
+      <c r="G418" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="419" spans="1:7">
+      <c r="A419" t="s">
+        <v>130</v>
+      </c>
+      <c r="B419" t="s">
+        <v>201</v>
+      </c>
+      <c r="C419" t="s">
+        <v>202</v>
+      </c>
+      <c r="D419" t="s">
+        <v>160</v>
+      </c>
+      <c r="E419">
+        <v>11</v>
+      </c>
+      <c r="F419">
+        <v>2025</v>
+      </c>
+      <c r="G419" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="420" spans="1:7">
+      <c r="A420" t="s">
+        <v>154</v>
+      </c>
+      <c r="B420" t="s">
+        <v>201</v>
+      </c>
+      <c r="C420" t="s">
+        <v>202</v>
+      </c>
+      <c r="D420" t="s">
+        <v>207</v>
+      </c>
+      <c r="E420">
+        <v>11</v>
+      </c>
+      <c r="F420">
+        <v>2025</v>
+      </c>
+      <c r="G420" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="421" spans="1:7">
+      <c r="A421" t="s">
+        <v>208</v>
+      </c>
+      <c r="B421" t="s">
+        <v>201</v>
+      </c>
+      <c r="C421" t="s">
+        <v>202</v>
+      </c>
+      <c r="D421" t="s">
+        <v>160</v>
+      </c>
+      <c r="E421">
+        <v>11</v>
+      </c>
+      <c r="F421">
+        <v>2025</v>
+      </c>
+      <c r="G421" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="422" spans="1:7">
+      <c r="A422" t="s">
+        <v>105</v>
+      </c>
+      <c r="B422" t="s">
+        <v>201</v>
+      </c>
+      <c r="C422" t="s">
+        <v>202</v>
+      </c>
+      <c r="D422" t="s">
+        <v>209</v>
+      </c>
+      <c r="E422">
+        <v>11</v>
+      </c>
+      <c r="F422">
+        <v>2025</v>
+      </c>
+      <c r="G422" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="423" spans="1:7">
+      <c r="A423" t="s">
+        <v>88</v>
+      </c>
+      <c r="B423" t="s">
+        <v>201</v>
+      </c>
+      <c r="C423" t="s">
+        <v>202</v>
+      </c>
+      <c r="D423" t="s">
+        <v>160</v>
+      </c>
+      <c r="E423">
+        <v>11</v>
+      </c>
+      <c r="F423">
+        <v>2025</v>
+      </c>
+      <c r="G423" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="424" spans="1:7">
+      <c r="A424" t="s">
+        <v>63</v>
+      </c>
+      <c r="B424" t="s">
+        <v>201</v>
+      </c>
+      <c r="C424" t="s">
+        <v>202</v>
+      </c>
+      <c r="D424" t="s">
+        <v>160</v>
+      </c>
+      <c r="E424">
+        <v>11</v>
+      </c>
+      <c r="F424">
+        <v>2025</v>
+      </c>
+      <c r="G424" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="425" spans="1:7">
+      <c r="A425" t="s">
+        <v>210</v>
+      </c>
+      <c r="B425" t="s">
+        <v>201</v>
+      </c>
+      <c r="C425" t="s">
+        <v>202</v>
+      </c>
+      <c r="D425" t="s">
+        <v>206</v>
+      </c>
+      <c r="E425">
+        <v>11</v>
+      </c>
+      <c r="F425">
+        <v>2025</v>
+      </c>
+      <c r="G425" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="426" spans="1:7">
+      <c r="A426" t="s">
+        <v>48</v>
+      </c>
+      <c r="B426" t="s">
+        <v>201</v>
+      </c>
+      <c r="C426" t="s">
+        <v>202</v>
+      </c>
+      <c r="D426" t="s">
+        <v>160</v>
+      </c>
+      <c r="E426">
+        <v>11</v>
+      </c>
+      <c r="F426">
+        <v>2025</v>
+      </c>
+      <c r="G426" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="427" spans="1:7">
+      <c r="A427" t="s">
+        <v>93</v>
+      </c>
+      <c r="B427" t="s">
+        <v>201</v>
+      </c>
+      <c r="C427" t="s">
+        <v>202</v>
+      </c>
+      <c r="D427" t="s">
+        <v>160</v>
+      </c>
+      <c r="E427">
+        <v>11</v>
+      </c>
+      <c r="F427">
+        <v>2025</v>
+      </c>
+      <c r="G427" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="428" spans="1:7">
+      <c r="A428" t="s">
+        <v>100</v>
+      </c>
+      <c r="B428" t="s">
+        <v>201</v>
+      </c>
+      <c r="C428" t="s">
+        <v>202</v>
+      </c>
+      <c r="D428" t="s">
+        <v>160</v>
+      </c>
+      <c r="E428">
+        <v>11</v>
+      </c>
+      <c r="F428">
+        <v>2025</v>
+      </c>
+      <c r="G428" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="429" spans="1:7">
+      <c r="A429" t="s">
+        <v>128</v>
+      </c>
+      <c r="B429" t="s">
+        <v>201</v>
+      </c>
+      <c r="C429" t="s">
+        <v>202</v>
+      </c>
+      <c r="D429" t="s">
+        <v>160</v>
+      </c>
+      <c r="E429">
+        <v>11</v>
+      </c>
+      <c r="F429">
+        <v>2025</v>
+      </c>
+      <c r="G429" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="430" spans="1:7">
+      <c r="A430" t="s">
+        <v>211</v>
+      </c>
+      <c r="B430" t="s">
+        <v>201</v>
+      </c>
+      <c r="C430" t="s">
+        <v>202</v>
+      </c>
+      <c r="D430" t="s">
+        <v>160</v>
+      </c>
+      <c r="E430">
+        <v>11</v>
+      </c>
+      <c r="F430">
+        <v>2025</v>
+      </c>
+      <c r="G430" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="431" spans="1:7">
+      <c r="A431" t="s">
+        <v>212</v>
+      </c>
+      <c r="B431" t="s">
+        <v>201</v>
+      </c>
+      <c r="C431" t="s">
+        <v>202</v>
+      </c>
+      <c r="D431" t="s">
+        <v>160</v>
+      </c>
+      <c r="E431">
+        <v>11</v>
+      </c>
+      <c r="F431">
+        <v>2025</v>
+      </c>
+      <c r="G431" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="432" spans="1:7">
+      <c r="A432" t="s">
+        <v>23</v>
+      </c>
+      <c r="B432" t="s">
+        <v>201</v>
+      </c>
+      <c r="C432" t="s">
+        <v>202</v>
+      </c>
+      <c r="D432" t="s">
+        <v>213</v>
+      </c>
+      <c r="E432">
+        <v>11</v>
+      </c>
+      <c r="F432">
+        <v>2025</v>
+      </c>
+      <c r="G432" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="433" spans="1:7">
+      <c r="A433" t="s">
+        <v>214</v>
+      </c>
+      <c r="B433" t="s">
+        <v>201</v>
+      </c>
+      <c r="C433" t="s">
+        <v>202</v>
+      </c>
+      <c r="D433" t="s">
+        <v>160</v>
+      </c>
+      <c r="E433">
+        <v>11</v>
+      </c>
+      <c r="F433">
+        <v>2025</v>
+      </c>
+      <c r="G433" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="434" spans="1:7">
+      <c r="A434" t="s">
+        <v>30</v>
+      </c>
+      <c r="B434" t="s">
+        <v>201</v>
+      </c>
+      <c r="C434" t="s">
+        <v>202</v>
+      </c>
+      <c r="D434" t="s">
+        <v>215</v>
+      </c>
+      <c r="E434">
+        <v>11</v>
+      </c>
+      <c r="F434">
+        <v>2025</v>
+      </c>
+      <c r="G434" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="435" spans="1:7">
+      <c r="A435" t="s">
+        <v>192</v>
+      </c>
+      <c r="B435" t="s">
+        <v>201</v>
+      </c>
+      <c r="C435" t="s">
+        <v>202</v>
+      </c>
+      <c r="D435" t="s">
+        <v>209</v>
+      </c>
+      <c r="E435">
+        <v>11</v>
+      </c>
+      <c r="F435">
+        <v>2025</v>
+      </c>
+      <c r="G435" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="436" spans="1:7">
+      <c r="A436" t="s">
+        <v>38</v>
+      </c>
+      <c r="B436" t="s">
+        <v>201</v>
+      </c>
+      <c r="C436" t="s">
+        <v>202</v>
+      </c>
+      <c r="D436" t="s">
+        <v>160</v>
+      </c>
+      <c r="E436">
+        <v>11</v>
+      </c>
+      <c r="F436">
+        <v>2025</v>
+      </c>
+      <c r="G436" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="437" spans="1:7">
+      <c r="A437" t="s">
+        <v>112</v>
+      </c>
+      <c r="B437" t="s">
+        <v>201</v>
+      </c>
+      <c r="C437" t="s">
+        <v>202</v>
+      </c>
+      <c r="D437" t="s">
+        <v>168</v>
+      </c>
+      <c r="E437">
+        <v>11</v>
+      </c>
+      <c r="F437">
+        <v>2025</v>
+      </c>
+      <c r="G437" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="438" spans="1:7">
+      <c r="A438" t="s">
+        <v>166</v>
+      </c>
+      <c r="B438" t="s">
+        <v>201</v>
+      </c>
+      <c r="C438" t="s">
+        <v>202</v>
+      </c>
+      <c r="D438" t="s">
+        <v>216</v>
+      </c>
+      <c r="E438">
+        <v>11</v>
+      </c>
+      <c r="F438">
+        <v>2025</v>
+      </c>
+      <c r="G438" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="439" spans="1:7">
+      <c r="A439" t="s">
+        <v>217</v>
+      </c>
+      <c r="B439" t="s">
+        <v>201</v>
+      </c>
+      <c r="C439" t="s">
+        <v>202</v>
+      </c>
+      <c r="D439" t="s">
+        <v>160</v>
+      </c>
+      <c r="E439">
+        <v>11</v>
+      </c>
+      <c r="F439">
+        <v>2025</v>
+      </c>
+      <c r="G439" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="440" spans="1:7">
+      <c r="A440" t="s">
+        <v>218</v>
+      </c>
+      <c r="B440" t="s">
+        <v>201</v>
+      </c>
+      <c r="C440" t="s">
+        <v>202</v>
+      </c>
+      <c r="D440" t="s">
+        <v>160</v>
+      </c>
+      <c r="E440">
+        <v>11</v>
+      </c>
+      <c r="F440">
+        <v>2025</v>
+      </c>
+      <c r="G440" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="441" spans="1:7">
+      <c r="A441" t="s">
+        <v>65</v>
+      </c>
+      <c r="B441" t="s">
+        <v>201</v>
+      </c>
+      <c r="C441" t="s">
+        <v>202</v>
+      </c>
+      <c r="D441" t="s">
+        <v>160</v>
+      </c>
+      <c r="E441">
+        <v>11</v>
+      </c>
+      <c r="F441">
+        <v>2025</v>
+      </c>
+      <c r="G441" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="442" spans="1:7">
+      <c r="A442" t="s">
+        <v>47</v>
+      </c>
+      <c r="B442" t="s">
+        <v>201</v>
+      </c>
+      <c r="C442" t="s">
+        <v>202</v>
+      </c>
+      <c r="D442" t="s">
+        <v>160</v>
+      </c>
+      <c r="E442">
+        <v>11</v>
+      </c>
+      <c r="F442">
+        <v>2025</v>
+      </c>
+      <c r="G442" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="443" spans="1:7">
+      <c r="A443" t="s">
+        <v>219</v>
+      </c>
+      <c r="B443" t="s">
+        <v>201</v>
+      </c>
+      <c r="C443" t="s">
+        <v>202</v>
+      </c>
+      <c r="D443" t="s">
+        <v>220</v>
+      </c>
+      <c r="E443">
+        <v>11</v>
+      </c>
+      <c r="F443">
+        <v>2025</v>
+      </c>
+      <c r="G443" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="444" spans="1:7">
+      <c r="A444" t="s">
+        <v>155</v>
+      </c>
+      <c r="B444" t="s">
+        <v>201</v>
+      </c>
+      <c r="C444" t="s">
+        <v>202</v>
+      </c>
+      <c r="D444" t="s">
+        <v>221</v>
+      </c>
+      <c r="E444">
+        <v>11</v>
+      </c>
+      <c r="F444">
+        <v>2025</v>
+      </c>
+      <c r="G444" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="445" spans="1:7">
+      <c r="A445" t="s">
+        <v>39</v>
+      </c>
+      <c r="B445" t="s">
+        <v>201</v>
+      </c>
+      <c r="C445" t="s">
+        <v>202</v>
+      </c>
+      <c r="D445" t="s">
+        <v>160</v>
+      </c>
+      <c r="E445">
+        <v>11</v>
+      </c>
+      <c r="F445">
+        <v>2025</v>
+      </c>
+      <c r="G445" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="446" spans="1:7">
+      <c r="A446" t="s">
+        <v>222</v>
+      </c>
+      <c r="B446" t="s">
+        <v>201</v>
+      </c>
+      <c r="C446" t="s">
+        <v>202</v>
+      </c>
+      <c r="D446" t="s">
+        <v>160</v>
+      </c>
+      <c r="E446">
+        <v>11</v>
+      </c>
+      <c r="F446">
+        <v>2025</v>
+      </c>
+      <c r="G446" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="447" spans="1:7">
+      <c r="A447" t="s">
+        <v>223</v>
+      </c>
+      <c r="B447" t="s">
+        <v>201</v>
+      </c>
+      <c r="C447" t="s">
+        <v>202</v>
+      </c>
+      <c r="D447" t="s">
+        <v>224</v>
+      </c>
+      <c r="E447">
+        <v>11</v>
+      </c>
+      <c r="F447">
+        <v>2025</v>
+      </c>
+      <c r="G447" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="448" spans="1:7">
+      <c r="A448" t="s">
+        <v>42</v>
+      </c>
+      <c r="B448" t="s">
+        <v>201</v>
+      </c>
+      <c r="C448" t="s">
+        <v>202</v>
+      </c>
+      <c r="D448" t="s">
+        <v>160</v>
+      </c>
+      <c r="E448">
+        <v>11</v>
+      </c>
+      <c r="F448">
+        <v>2025</v>
+      </c>
+      <c r="G448" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="449" spans="1:7">
+      <c r="A449" t="s">
+        <v>68</v>
+      </c>
+      <c r="B449" t="s">
+        <v>201</v>
+      </c>
+      <c r="C449" t="s">
+        <v>202</v>
+      </c>
+      <c r="D449" t="s">
+        <v>160</v>
+      </c>
+      <c r="E449">
+        <v>11</v>
+      </c>
+      <c r="F449">
+        <v>2025</v>
+      </c>
+      <c r="G449" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="450" spans="1:7">
+      <c r="A450" t="s">
+        <v>70</v>
+      </c>
+      <c r="B450" t="s">
+        <v>201</v>
+      </c>
+      <c r="C450" t="s">
+        <v>202</v>
+      </c>
+      <c r="D450" t="s">
+        <v>225</v>
+      </c>
+      <c r="E450">
+        <v>11</v>
+      </c>
+      <c r="F450">
+        <v>2025</v>
+      </c>
+      <c r="G450" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="451" spans="1:7">
+      <c r="A451" t="s">
+        <v>226</v>
+      </c>
+      <c r="B451" t="s">
+        <v>227</v>
+      </c>
+      <c r="C451" t="s">
+        <v>202</v>
+      </c>
+      <c r="D451" t="s">
+        <v>228</v>
+      </c>
+      <c r="E451">
+        <v>11</v>
+      </c>
+      <c r="F451">
+        <v>2025</v>
+      </c>
+      <c r="G451" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="452" spans="1:7">
+      <c r="A452" t="s">
+        <v>88</v>
+      </c>
+      <c r="B452" t="s">
+        <v>227</v>
+      </c>
+      <c r="C452" t="s">
+        <v>202</v>
+      </c>
+      <c r="D452" t="s">
+        <v>228</v>
+      </c>
+      <c r="E452">
+        <v>11</v>
+      </c>
+      <c r="F452">
+        <v>2025</v>
+      </c>
+      <c r="G452" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="453" spans="1:7">
+      <c r="A453" t="s">
+        <v>48</v>
+      </c>
+      <c r="B453" t="s">
+        <v>227</v>
+      </c>
+      <c r="C453" t="s">
+        <v>202</v>
+      </c>
+      <c r="D453" t="s">
+        <v>228</v>
+      </c>
+      <c r="E453">
+        <v>11</v>
+      </c>
+      <c r="F453">
+        <v>2025</v>
+      </c>
+      <c r="G453" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="454" spans="1:7">
+      <c r="A454" t="s">
+        <v>93</v>
+      </c>
+      <c r="B454" t="s">
+        <v>227</v>
+      </c>
+      <c r="C454" t="s">
+        <v>202</v>
+      </c>
+      <c r="D454" t="s">
+        <v>228</v>
+      </c>
+      <c r="E454">
+        <v>11</v>
+      </c>
+      <c r="F454">
+        <v>2025</v>
+      </c>
+      <c r="G454" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="455" spans="1:7">
+      <c r="A455" t="s">
+        <v>100</v>
+      </c>
+      <c r="B455" t="s">
+        <v>227</v>
+      </c>
+      <c r="C455" t="s">
+        <v>202</v>
+      </c>
+      <c r="D455" t="s">
+        <v>228</v>
+      </c>
+      <c r="E455">
+        <v>11</v>
+      </c>
+      <c r="F455">
+        <v>2025</v>
+      </c>
+      <c r="G455" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="456" spans="1:7">
+      <c r="A456" t="s">
+        <v>137</v>
+      </c>
+      <c r="B456" t="s">
+        <v>227</v>
+      </c>
+      <c r="C456" t="s">
+        <v>202</v>
+      </c>
+      <c r="D456" t="s">
+        <v>228</v>
+      </c>
+      <c r="E456">
+        <v>11</v>
+      </c>
+      <c r="F456">
+        <v>2025</v>
+      </c>
+      <c r="G456" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="457" spans="1:7">
+      <c r="A457" t="s">
+        <v>229</v>
+      </c>
+      <c r="B457" t="s">
+        <v>227</v>
+      </c>
+      <c r="C457" t="s">
+        <v>202</v>
+      </c>
+      <c r="D457" t="s">
+        <v>230</v>
+      </c>
+      <c r="E457">
+        <v>11</v>
+      </c>
+      <c r="F457">
+        <v>2025</v>
+      </c>
+      <c r="G457" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="458" spans="1:7">
+      <c r="A458" t="s">
+        <v>231</v>
+      </c>
+      <c r="B458" t="s">
+        <v>227</v>
+      </c>
+      <c r="C458" t="s">
+        <v>202</v>
+      </c>
+      <c r="D458" t="s">
+        <v>228</v>
+      </c>
+      <c r="E458">
+        <v>11</v>
+      </c>
+      <c r="F458">
+        <v>2025</v>
+      </c>
+      <c r="G458" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="459" spans="1:7">
+      <c r="A459" t="s">
+        <v>214</v>
+      </c>
+      <c r="B459" t="s">
+        <v>227</v>
+      </c>
+      <c r="C459" t="s">
+        <v>202</v>
+      </c>
+      <c r="D459" t="s">
+        <v>228</v>
+      </c>
+      <c r="E459">
+        <v>11</v>
+      </c>
+      <c r="F459">
+        <v>2025</v>
+      </c>
+      <c r="G459" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="460" spans="1:7">
+      <c r="A460" t="s">
+        <v>134</v>
+      </c>
+      <c r="B460" t="s">
+        <v>227</v>
+      </c>
+      <c r="C460" t="s">
+        <v>202</v>
+      </c>
+      <c r="D460" t="s">
+        <v>230</v>
+      </c>
+      <c r="E460">
+        <v>11</v>
+      </c>
+      <c r="F460">
+        <v>2025</v>
+      </c>
+      <c r="G460" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="461" spans="1:7">
+      <c r="A461" t="s">
+        <v>38</v>
+      </c>
+      <c r="B461" t="s">
+        <v>227</v>
+      </c>
+      <c r="C461" t="s">
+        <v>202</v>
+      </c>
+      <c r="D461" t="s">
+        <v>228</v>
+      </c>
+      <c r="E461">
+        <v>11</v>
+      </c>
+      <c r="F461">
+        <v>2025</v>
+      </c>
+      <c r="G461" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="462" spans="1:7">
+      <c r="A462" t="s">
+        <v>112</v>
+      </c>
+      <c r="B462" t="s">
+        <v>227</v>
+      </c>
+      <c r="C462" t="s">
+        <v>202</v>
+      </c>
+      <c r="D462" t="s">
+        <v>228</v>
+      </c>
+      <c r="E462">
+        <v>11</v>
+      </c>
+      <c r="F462">
+        <v>2025</v>
+      </c>
+      <c r="G462" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="463" spans="1:7">
+      <c r="A463" t="s">
+        <v>166</v>
+      </c>
+      <c r="B463" t="s">
+        <v>227</v>
+      </c>
+      <c r="C463" t="s">
+        <v>202</v>
+      </c>
+      <c r="D463" t="s">
+        <v>228</v>
+      </c>
+      <c r="E463">
+        <v>11</v>
+      </c>
+      <c r="F463">
+        <v>2025</v>
+      </c>
+      <c r="G463" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="464" spans="1:7">
+      <c r="A464" t="s">
+        <v>219</v>
+      </c>
+      <c r="B464" t="s">
+        <v>227</v>
+      </c>
+      <c r="C464" t="s">
+        <v>202</v>
+      </c>
+      <c r="D464" t="s">
+        <v>228</v>
+      </c>
+      <c r="E464">
+        <v>11</v>
+      </c>
+      <c r="F464">
+        <v>2025</v>
+      </c>
+      <c r="G464" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="465" spans="1:7">
+      <c r="A465" t="s">
+        <v>232</v>
+      </c>
+      <c r="B465" t="s">
+        <v>227</v>
+      </c>
+      <c r="C465" t="s">
+        <v>202</v>
+      </c>
+      <c r="D465" t="s">
+        <v>228</v>
+      </c>
+      <c r="E465">
+        <v>11</v>
+      </c>
+      <c r="F465">
+        <v>2025</v>
+      </c>
+      <c r="G465" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="466" spans="1:7">
+      <c r="A466" t="s">
+        <v>39</v>
+      </c>
+      <c r="B466" t="s">
+        <v>227</v>
+      </c>
+      <c r="C466" t="s">
+        <v>202</v>
+      </c>
+      <c r="D466" t="s">
+        <v>228</v>
+      </c>
+      <c r="E466">
+        <v>11</v>
+      </c>
+      <c r="F466">
+        <v>2025</v>
+      </c>
+      <c r="G466" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="467" spans="1:7">
+      <c r="A467" t="s">
+        <v>223</v>
+      </c>
+      <c r="B467" t="s">
+        <v>227</v>
+      </c>
+      <c r="C467" t="s">
+        <v>202</v>
+      </c>
+      <c r="D467" t="s">
+        <v>228</v>
+      </c>
+      <c r="E467">
+        <v>11</v>
+      </c>
+      <c r="F467">
+        <v>2025</v>
+      </c>
+      <c r="G467" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="468" spans="1:7">
+      <c r="A468" t="s">
+        <v>7</v>
+      </c>
+      <c r="B468" t="s">
+        <v>227</v>
+      </c>
+      <c r="C468" t="s">
+        <v>202</v>
+      </c>
+      <c r="D468" t="s">
+        <v>228</v>
+      </c>
+      <c r="E468">
+        <v>11</v>
+      </c>
+      <c r="F468">
+        <v>2025</v>
+      </c>
+      <c r="G468" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="469" spans="1:7">
+      <c r="A469" t="s">
+        <v>105</v>
+      </c>
+      <c r="B469" t="s">
+        <v>233</v>
+      </c>
+      <c r="C469" t="s">
+        <v>202</v>
+      </c>
+      <c r="D469" t="s">
+        <v>234</v>
+      </c>
+      <c r="E469">
+        <v>11</v>
+      </c>
+      <c r="F469">
+        <v>2025</v>
+      </c>
+      <c r="G469" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="470" spans="1:7">
+      <c r="A470" t="s">
+        <v>88</v>
+      </c>
+      <c r="B470" t="s">
+        <v>233</v>
+      </c>
+      <c r="C470" t="s">
+        <v>202</v>
+      </c>
+      <c r="D470" t="s">
+        <v>235</v>
+      </c>
+      <c r="E470">
+        <v>11</v>
+      </c>
+      <c r="F470">
+        <v>2025</v>
+      </c>
+      <c r="G470" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="471" spans="1:7">
+      <c r="A471" t="s">
+        <v>236</v>
+      </c>
+      <c r="B471" t="s">
+        <v>233</v>
+      </c>
+      <c r="C471" t="s">
+        <v>202</v>
+      </c>
+      <c r="D471" t="s">
+        <v>237</v>
+      </c>
+      <c r="E471">
+        <v>11</v>
+      </c>
+      <c r="F471">
+        <v>2025</v>
+      </c>
+      <c r="G471" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="472" spans="1:7">
+      <c r="A472" t="s">
+        <v>86</v>
+      </c>
+      <c r="B472" t="s">
+        <v>233</v>
+      </c>
+      <c r="C472" t="s">
+        <v>202</v>
+      </c>
+      <c r="D472" t="s">
+        <v>235</v>
+      </c>
+      <c r="E472">
+        <v>11</v>
+      </c>
+      <c r="F472">
+        <v>2025</v>
+      </c>
+      <c r="G472" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="473" spans="1:7">
+      <c r="A473" t="s">
+        <v>122</v>
+      </c>
+      <c r="B473" t="s">
+        <v>233</v>
+      </c>
+      <c r="C473" t="s">
+        <v>202</v>
+      </c>
+      <c r="D473" t="s">
+        <v>164</v>
+      </c>
+      <c r="E473">
+        <v>11</v>
+      </c>
+      <c r="F473">
+        <v>2025</v>
+      </c>
+      <c r="G473" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7">
+      <c r="A474" t="s">
+        <v>85</v>
+      </c>
+      <c r="B474" t="s">
+        <v>233</v>
+      </c>
+      <c r="C474" t="s">
+        <v>202</v>
+      </c>
+      <c r="D474" t="s">
+        <v>238</v>
+      </c>
+      <c r="E474">
+        <v>11</v>
+      </c>
+      <c r="F474">
+        <v>2025</v>
+      </c>
+      <c r="G474" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="475" spans="1:7">
+      <c r="A475" t="s">
+        <v>30</v>
+      </c>
+      <c r="B475" t="s">
+        <v>233</v>
+      </c>
+      <c r="C475" t="s">
+        <v>202</v>
+      </c>
+      <c r="D475" t="s">
+        <v>235</v>
+      </c>
+      <c r="E475">
+        <v>11</v>
+      </c>
+      <c r="F475">
+        <v>2025</v>
+      </c>
+      <c r="G475" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="476" spans="1:7">
+      <c r="A476" t="s">
+        <v>38</v>
+      </c>
+      <c r="B476" t="s">
+        <v>233</v>
+      </c>
+      <c r="C476" t="s">
+        <v>202</v>
+      </c>
+      <c r="D476" t="s">
+        <v>164</v>
+      </c>
+      <c r="E476">
+        <v>11</v>
+      </c>
+      <c r="F476">
+        <v>2025</v>
+      </c>
+      <c r="G476" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="477" spans="1:7">
+      <c r="A477" t="s">
+        <v>112</v>
+      </c>
+      <c r="B477" t="s">
+        <v>233</v>
+      </c>
+      <c r="C477" t="s">
+        <v>202</v>
+      </c>
+      <c r="D477" t="s">
+        <v>235</v>
+      </c>
+      <c r="E477">
+        <v>11</v>
+      </c>
+      <c r="F477">
+        <v>2025</v>
+      </c>
+      <c r="G477" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="478" spans="1:7">
+      <c r="A478" t="s">
+        <v>84</v>
+      </c>
+      <c r="B478" t="s">
+        <v>233</v>
+      </c>
+      <c r="C478" t="s">
+        <v>202</v>
+      </c>
+      <c r="D478" t="s">
+        <v>164</v>
+      </c>
+      <c r="E478">
+        <v>11</v>
+      </c>
+      <c r="F478">
+        <v>2025</v>
+      </c>
+      <c r="G478" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="479" spans="1:7">
+      <c r="A479" t="s">
+        <v>19</v>
+      </c>
+      <c r="B479" t="s">
+        <v>233</v>
+      </c>
+      <c r="C479" t="s">
+        <v>202</v>
+      </c>
+      <c r="D479" t="s">
+        <v>235</v>
+      </c>
+      <c r="E479">
+        <v>11</v>
+      </c>
+      <c r="F479">
+        <v>2025</v>
+      </c>
+      <c r="G479" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7">
+      <c r="A480" t="s">
+        <v>99</v>
+      </c>
+      <c r="B480" t="s">
+        <v>233</v>
+      </c>
+      <c r="C480" t="s">
+        <v>202</v>
+      </c>
+      <c r="D480" t="s">
+        <v>164</v>
+      </c>
+      <c r="E480">
+        <v>11</v>
+      </c>
+      <c r="F480">
+        <v>2025</v>
+      </c>
+      <c r="G480" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="481" spans="1:7">
+      <c r="A481" t="s">
+        <v>17</v>
+      </c>
+      <c r="B481" t="s">
+        <v>233</v>
+      </c>
+      <c r="C481" t="s">
+        <v>202</v>
+      </c>
+      <c r="D481" t="s">
+        <v>164</v>
+      </c>
+      <c r="E481">
+        <v>11</v>
+      </c>
+      <c r="F481">
+        <v>2025</v>
+      </c>
+      <c r="G481" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7">
+      <c r="A482" t="s">
+        <v>239</v>
+      </c>
+      <c r="B482" t="s">
+        <v>233</v>
+      </c>
+      <c r="C482" t="s">
+        <v>202</v>
+      </c>
+      <c r="D482" t="s">
+        <v>164</v>
+      </c>
+      <c r="E482">
+        <v>11</v>
+      </c>
+      <c r="F482">
+        <v>2025</v>
+      </c>
+      <c r="G482" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="483" spans="1:7">
+      <c r="A483" t="s">
+        <v>47</v>
+      </c>
+      <c r="B483" t="s">
+        <v>233</v>
+      </c>
+      <c r="C483" t="s">
+        <v>202</v>
+      </c>
+      <c r="D483" t="s">
+        <v>235</v>
+      </c>
+      <c r="E483">
+        <v>11</v>
+      </c>
+      <c r="F483">
+        <v>2025</v>
+      </c>
+      <c r="G483" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="484" spans="1:7">
+      <c r="A484" t="s">
+        <v>155</v>
+      </c>
+      <c r="B484" t="s">
+        <v>233</v>
+      </c>
+      <c r="C484" t="s">
+        <v>202</v>
+      </c>
+      <c r="D484" t="s">
+        <v>235</v>
+      </c>
+      <c r="E484">
+        <v>11</v>
+      </c>
+      <c r="F484">
+        <v>2025</v>
+      </c>
+      <c r="G484" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="485" spans="1:7">
+      <c r="A485" t="s">
+        <v>222</v>
+      </c>
+      <c r="B485" t="s">
+        <v>233</v>
+      </c>
+      <c r="C485" t="s">
+        <v>202</v>
+      </c>
+      <c r="D485" t="s">
+        <v>235</v>
+      </c>
+      <c r="E485">
+        <v>11</v>
+      </c>
+      <c r="F485">
+        <v>2025</v>
+      </c>
+      <c r="G485" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="486" spans="1:7">
+      <c r="A486" t="s">
+        <v>223</v>
+      </c>
+      <c r="B486" t="s">
+        <v>233</v>
+      </c>
+      <c r="C486" t="s">
+        <v>202</v>
+      </c>
+      <c r="D486" t="s">
+        <v>235</v>
+      </c>
+      <c r="E486">
+        <v>11</v>
+      </c>
+      <c r="F486">
+        <v>2025</v>
+      </c>
+      <c r="G486" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="487" spans="1:7">
+      <c r="A487" t="s">
+        <v>70</v>
+      </c>
+      <c r="B487" t="s">
+        <v>233</v>
+      </c>
+      <c r="C487" t="s">
+        <v>202</v>
+      </c>
+      <c r="D487" t="s">
+        <v>235</v>
+      </c>
+      <c r="E487">
+        <v>11</v>
+      </c>
+      <c r="F487">
+        <v>2025</v>
+      </c>
+      <c r="G487" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="488" spans="1:7">
+      <c r="A488" t="s">
+        <v>79</v>
+      </c>
+      <c r="B488" t="s">
+        <v>233</v>
+      </c>
+      <c r="C488" t="s">
+        <v>202</v>
+      </c>
+      <c r="D488" t="s">
+        <v>240</v>
+      </c>
+      <c r="E488">
+        <v>11</v>
+      </c>
+      <c r="F488">
+        <v>2025</v>
+      </c>
+      <c r="G488" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7">
+      <c r="A489" t="s">
+        <v>181</v>
+      </c>
+      <c r="B489" t="s">
+        <v>233</v>
+      </c>
+      <c r="C489" t="s">
+        <v>202</v>
+      </c>
+      <c r="D489" t="s">
+        <v>235</v>
+      </c>
+      <c r="E489">
+        <v>11</v>
+      </c>
+      <c r="F489">
+        <v>2025</v>
+      </c>
+      <c r="G489" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="490" spans="1:7">
+      <c r="A490" t="s">
+        <v>19</v>
+      </c>
+      <c r="B490" t="s">
+        <v>201</v>
+      </c>
+      <c r="C490" t="s">
+        <v>18</v>
+      </c>
+      <c r="D490" t="s">
+        <v>174</v>
+      </c>
+      <c r="E490">
+        <v>11</v>
+      </c>
+      <c r="F490">
+        <v>2025</v>
+      </c>
+      <c r="G490" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="491" spans="1:7">
+      <c r="A491" t="s">
+        <v>70</v>
+      </c>
+      <c r="B491" t="s">
+        <v>201</v>
+      </c>
+      <c r="C491" t="s">
+        <v>18</v>
+      </c>
+      <c r="D491" t="s">
+        <v>241</v>
+      </c>
+      <c r="E491">
+        <v>11</v>
+      </c>
+      <c r="F491">
+        <v>2025</v>
+      </c>
+      <c r="G491" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="492" spans="1:7">
+      <c r="A492" t="s">
+        <v>219</v>
+      </c>
+      <c r="B492" t="s">
+        <v>201</v>
+      </c>
+      <c r="C492" t="s">
+        <v>18</v>
+      </c>
+      <c r="D492" t="s">
+        <v>242</v>
+      </c>
+      <c r="E492">
+        <v>11</v>
+      </c>
+      <c r="F492">
+        <v>2025</v>
+      </c>
+      <c r="G492" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="493" spans="1:7">
+      <c r="A493" t="s">
+        <v>19</v>
+      </c>
+      <c r="B493" t="s">
+        <v>201</v>
+      </c>
+      <c r="C493" t="s">
+        <v>29</v>
+      </c>
+      <c r="D493" t="s">
+        <v>160</v>
+      </c>
+      <c r="E493">
+        <v>11</v>
+      </c>
+      <c r="F493">
+        <v>2025</v>
+      </c>
+      <c r="G493" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">